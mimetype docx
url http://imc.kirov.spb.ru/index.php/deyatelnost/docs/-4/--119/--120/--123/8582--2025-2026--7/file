--- v0 (2025-10-08)
+++ v1 (2025-11-26)
@@ -43,59 +43,71 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">КАЛЕНДАРЬ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ПЕДАГОГИЧЕСКИХ</w:t>
       </w:r>
       <w:r w:rsidRPr="003E292D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> КОНКУРСНЫХ </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="001E7224">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">МЕРОПРИЯТИЙ  ДЛЯ </w:t>
+        <w:t>МЕРОПРИЯТИЙ  ДЛЯ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001E7224">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001E7224">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
         </w:rPr>
         <w:t>ПЕДАГОГОВ ОУ</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="244F265E" w14:textId="77777777" w:rsidR="001E7224" w:rsidRDefault="001E7224" w:rsidP="005C4449">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:leftChars="50" w:left="112" w:hanging="2"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -183,134 +195,134 @@
     </w:p>
     <w:p w14:paraId="59100DF1" w14:textId="77777777" w:rsidR="00B560CD" w:rsidRDefault="00B560CD" w:rsidP="00786F13">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:leftChars="256" w:left="563" w:firstLineChars="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a9"/>
         <w:tblW w:w="14803" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5566"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="5833"/>
+        <w:gridCol w:w="5344"/>
+        <w:gridCol w:w="1664"/>
+        <w:gridCol w:w="1706"/>
+        <w:gridCol w:w="6089"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00291000" w:rsidRPr="001E10E2" w14:paraId="10708B35" w14:textId="77777777" w:rsidTr="00C34776">
-[...2 lines deleted...]
-            <w:tcW w:w="5566" w:type="dxa"/>
+      <w:tr w:rsidR="00291000" w:rsidRPr="001E10E2" w14:paraId="10708B35" w14:textId="77777777" w:rsidTr="005E2879">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7359F23A" w14:textId="77777777" w:rsidR="00291000" w:rsidRPr="001E10E2" w:rsidRDefault="00291000" w:rsidP="002765A6">
             <w:pPr>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E10E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Название конкурса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1675" w:type="dxa"/>
+            <w:tcW w:w="1674" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5CAE9461" w14:textId="77777777" w:rsidR="00291000" w:rsidRPr="001E10E2" w:rsidRDefault="00291000" w:rsidP="002765A6">
             <w:pPr>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E10E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Организатор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:tcW w:w="1726" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="307F2A13" w14:textId="77777777" w:rsidR="00291000" w:rsidRPr="001E10E2" w:rsidRDefault="00291000" w:rsidP="002765A6">
             <w:pPr>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E10E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Сроки проведения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5833" w:type="dxa"/>
+            <w:tcW w:w="5867" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="197DF6C4" w14:textId="77777777" w:rsidR="00291000" w:rsidRPr="001E10E2" w:rsidRDefault="00291000" w:rsidP="002765A6">
             <w:pPr>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E10E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ссылка на положение</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001E7224" w:rsidRPr="001E10E2" w14:paraId="367DE8C9" w14:textId="77777777" w:rsidTr="002765A6">
         <w:tc>
@@ -319,160 +331,146 @@
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
           </w:tcPr>
           <w:p w14:paraId="4899271A" w14:textId="77777777" w:rsidR="001E7224" w:rsidRPr="001E10E2" w:rsidRDefault="001E7224" w:rsidP="002765A6">
             <w:pPr>
               <w:ind w:left="0" w:hanging="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E10E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Сентябрь 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00291000" w:rsidRPr="00435B54" w14:paraId="12C8364A" w14:textId="77777777" w:rsidTr="00C34776">
-[...2 lines deleted...]
-            <w:tcW w:w="5566" w:type="dxa"/>
+      <w:tr w:rsidR="00291000" w:rsidRPr="00435B54" w14:paraId="12C8364A" w14:textId="77777777" w:rsidTr="005E2879">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5536" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="30A01F61" w14:textId="538B06EE" w:rsidR="00291000" w:rsidRPr="00435B54" w:rsidRDefault="00D2466E" w:rsidP="00E05BDE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textDirection w:val="lrTb"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00435B54">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Конкурс педагогических достижений</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1675" w:type="dxa"/>
+            <w:tcW w:w="1674" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="09E092F9" w14:textId="58A16631" w:rsidR="00291000" w:rsidRPr="00435B54" w:rsidRDefault="00D2466E" w:rsidP="002765A6">
             <w:pPr>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00435B54">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>ИМЦ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:tcW w:w="1726" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="07731FEB" w14:textId="77777777" w:rsidR="00291000" w:rsidRPr="00435B54" w:rsidRDefault="00291000" w:rsidP="002765A6">
             <w:pPr>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5833" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="669C3C75" w14:textId="722291AF" w:rsidR="00291000" w:rsidRPr="00435B54" w:rsidRDefault="00C34776" w:rsidP="002765A6">
+            <w:tcW w:w="5867" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="669C3C75" w14:textId="722291AF" w:rsidR="00291000" w:rsidRPr="00435B54" w:rsidRDefault="005E2879" w:rsidP="002765A6">
             <w:pPr>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId6" w:history="1">
               <w:r w:rsidR="00D2466E" w:rsidRPr="00435B54">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
-                <w:t>https://cloud.</w:t>
-[...13 lines deleted...]
-                <w:t>ail.ru/</w:t>
+                <w:t>https://cloud.mail.ru/</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00291000" w:rsidRPr="00435B54" w14:paraId="51569F36" w14:textId="77777777" w:rsidTr="00C34776">
-[...2 lines deleted...]
-            <w:tcW w:w="5566" w:type="dxa"/>
+      <w:tr w:rsidR="00291000" w:rsidRPr="00435B54" w14:paraId="51569F36" w14:textId="77777777" w:rsidTr="005E2879">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5536" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0BA810E6" w14:textId="77777777" w:rsidR="00E05BDE" w:rsidRPr="00435B54" w:rsidRDefault="00E05BDE" w:rsidP="00E05BDE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textDirection w:val="lrTb"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00435B54">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Районный конкурс-фестиваль</w:t>
@@ -484,116 +482,116 @@
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textDirection w:val="lrTb"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00435B54">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>«Лучшие педагогические практики»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1675" w:type="dxa"/>
+            <w:tcW w:w="1674" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="486C18D0" w14:textId="62AA273F" w:rsidR="00291000" w:rsidRPr="00435B54" w:rsidRDefault="00E05BDE" w:rsidP="002765A6">
             <w:pPr>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00435B54">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>ИМЦ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:tcW w:w="1726" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7600B9A7" w14:textId="77777777" w:rsidR="00291000" w:rsidRPr="00435B54" w:rsidRDefault="00291000" w:rsidP="002765A6">
             <w:pPr>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5833" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="14DF308F" w14:textId="70BB1113" w:rsidR="00291000" w:rsidRPr="00435B54" w:rsidRDefault="00C34776" w:rsidP="00E05BDE">
+            <w:tcW w:w="5867" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="14DF308F" w14:textId="70BB1113" w:rsidR="00291000" w:rsidRPr="00435B54" w:rsidRDefault="005E2879" w:rsidP="00E05BDE">
             <w:pPr>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textDirection w:val="lrTb"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r w:rsidR="00E05BDE" w:rsidRPr="00435B54">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>https://cloud.mail.ru/</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00291000" w:rsidRPr="000364A0" w14:paraId="0A228431" w14:textId="77777777" w:rsidTr="00C34776">
-[...4 lines deleted...]
-          <w:p w14:paraId="00195058" w14:textId="0601553D" w:rsidR="00291000" w:rsidRPr="00435B54" w:rsidRDefault="00C34776" w:rsidP="002765A6">
+      <w:tr w:rsidR="00291000" w:rsidRPr="000364A0" w14:paraId="0A228431" w14:textId="77777777" w:rsidTr="005E2879">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00195058" w14:textId="0601553D" w:rsidR="00291000" w:rsidRPr="00435B54" w:rsidRDefault="005E2879" w:rsidP="002765A6">
             <w:pPr>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r w:rsidR="00C546ED" w:rsidRPr="00435B54">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="auto"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Районный конкурс изобразительного и декоративно-прикладного искусства творческих работ педагогов образовательных учреждений Кировского района Санкт-Петербурга </w:t>
               </w:r>
               <w:r w:rsidR="00C546ED" w:rsidRPr="00435B54">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:b/>
                   <w:bCs/>
                   <w:color w:val="auto"/>
                   <w:u w:val="none"/>
@@ -626,90 +624,90 @@
                   <w:color w:val="auto"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t>.</w:t>
               </w:r>
               <w:r w:rsidR="00920A54" w:rsidRPr="00435B54">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>г</w:t>
               </w:r>
               <w:proofErr w:type="spellEnd"/>
               <w:r w:rsidR="00920A54" w:rsidRPr="00435B54">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1675" w:type="dxa"/>
+            <w:tcW w:w="1674" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="662BE00A" w14:textId="4B2C7A66" w:rsidR="00291000" w:rsidRPr="00435B54" w:rsidRDefault="00C546ED" w:rsidP="002765A6">
             <w:pPr>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00435B54">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>ДДЮТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:tcW w:w="1726" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C3EC694" w14:textId="77777777" w:rsidR="00291000" w:rsidRPr="00435B54" w:rsidRDefault="00291000" w:rsidP="002765A6">
             <w:pPr>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5833" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4F54FAB3" w14:textId="0E0FE9B1" w:rsidR="00291000" w:rsidRPr="00435B54" w:rsidRDefault="00C34776" w:rsidP="002765A6">
+            <w:tcW w:w="5867" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F54FAB3" w14:textId="0E0FE9B1" w:rsidR="00291000" w:rsidRPr="00435B54" w:rsidRDefault="005E2879" w:rsidP="002765A6">
             <w:pPr>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r w:rsidR="00920A54" w:rsidRPr="00435B54">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>https://clck.ru/3Mkfs6</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00920A54" w:rsidRPr="00435B54">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -720,54 +718,54 @@
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
           </w:tcPr>
           <w:p w14:paraId="6935F323" w14:textId="77777777" w:rsidR="001E7224" w:rsidRPr="001E10E2" w:rsidRDefault="001E7224" w:rsidP="002765A6">
             <w:pPr>
               <w:ind w:left="0" w:hanging="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E10E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Октябрь 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00291000" w:rsidRPr="00F37563" w14:paraId="1649CCD5" w14:textId="77777777" w:rsidTr="00C34776">
-[...2 lines deleted...]
-            <w:tcW w:w="5566" w:type="dxa"/>
+      <w:tr w:rsidR="00291000" w:rsidRPr="00F37563" w14:paraId="1649CCD5" w14:textId="77777777" w:rsidTr="005E2879">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4547CBBD" w14:textId="77777777" w:rsidR="008168E5" w:rsidRPr="00435B54" w:rsidRDefault="0011603E" w:rsidP="0011603E">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textDirection w:val="lrTb"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00435B54">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
@@ -780,441 +778,454 @@
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textDirection w:val="lrTb"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00435B54">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>«За нравственный подвиг учителя»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1675" w:type="dxa"/>
+            <w:tcW w:w="1674" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="41B6FEE3" w14:textId="7F7A4C6D" w:rsidR="00291000" w:rsidRPr="00435B54" w:rsidRDefault="0011603E" w:rsidP="002765A6">
             <w:pPr>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00435B54">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>ИМЦ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:tcW w:w="1726" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="245D16E5" w14:textId="77777777" w:rsidR="00291000" w:rsidRPr="00435B54" w:rsidRDefault="00291000" w:rsidP="002765A6">
             <w:pPr>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5833" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="27B999B0" w14:textId="1E8D3232" w:rsidR="00291000" w:rsidRPr="00435B54" w:rsidRDefault="00C34776" w:rsidP="002765A6">
+            <w:tcW w:w="5867" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="27B999B0" w14:textId="1E8D3232" w:rsidR="00291000" w:rsidRPr="00435B54" w:rsidRDefault="005E2879" w:rsidP="002765A6">
             <w:pPr>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r w:rsidR="0011603E" w:rsidRPr="00435B54">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>https://cloud.mail.ru/</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E05BDE" w:rsidRPr="00F37563" w14:paraId="576FA59C" w14:textId="77777777" w:rsidTr="00C34776">
-[...2 lines deleted...]
-            <w:tcW w:w="5566" w:type="dxa"/>
+      <w:tr w:rsidR="00E05BDE" w:rsidRPr="00F37563" w14:paraId="576FA59C" w14:textId="77777777" w:rsidTr="005E2879">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5536" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="76A24F7F" w14:textId="77777777" w:rsidR="00E05BDE" w:rsidRPr="00435B54" w:rsidRDefault="00E05BDE" w:rsidP="00E05BDE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textDirection w:val="lrTb"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00435B54">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Районный конкурс-фестиваль</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0D117ABF" w14:textId="4BD0B4D2" w:rsidR="00E05BDE" w:rsidRPr="00435B54" w:rsidRDefault="00E05BDE" w:rsidP="00E05BDE">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00435B54">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>«Лучшие педагогические практики»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1675" w:type="dxa"/>
+            <w:tcW w:w="1674" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="729E9C9E" w14:textId="20B5B588" w:rsidR="00E05BDE" w:rsidRPr="00435B54" w:rsidRDefault="00E05BDE" w:rsidP="00E05BDE">
             <w:pPr>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00435B54">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>ИМЦ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:tcW w:w="1726" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="49EB522F" w14:textId="77777777" w:rsidR="00E05BDE" w:rsidRPr="00435B54" w:rsidRDefault="00E05BDE" w:rsidP="00E05BDE">
             <w:pPr>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5833" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="63BCA76B" w14:textId="7601E2B1" w:rsidR="00E05BDE" w:rsidRPr="00435B54" w:rsidRDefault="00C34776" w:rsidP="00E05BDE">
+            <w:tcW w:w="5867" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63BCA76B" w14:textId="7601E2B1" w:rsidR="00E05BDE" w:rsidRPr="00435B54" w:rsidRDefault="005E2879" w:rsidP="00E05BDE">
             <w:pPr>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r w:rsidR="00E05BDE" w:rsidRPr="00435B54">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>https://cloud.mail.ru/</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C546ED" w:rsidRPr="00C546ED" w14:paraId="34709F0E" w14:textId="77777777" w:rsidTr="00C34776">
-[...2 lines deleted...]
-            <w:tcW w:w="5566" w:type="dxa"/>
+      <w:tr w:rsidR="00C546ED" w:rsidRPr="00C546ED" w14:paraId="34709F0E" w14:textId="77777777" w:rsidTr="005E2879">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5536" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6F764CA5" w14:textId="3AB64AD3" w:rsidR="00C546ED" w:rsidRPr="00435B54" w:rsidRDefault="00C546ED" w:rsidP="00E05BDE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textDirection w:val="lrTb"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00435B54">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">фестиваль-конкурс открытых занятий (мероприятий) </w:t>
             </w:r>
             <w:r w:rsidRPr="00435B54">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:br/>
-              <w:t xml:space="preserve">«Калейдоскоп классных идей» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D5290B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>«Калейдоскоп классных идей»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435B54">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00435B54">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:br/>
               <w:t>для классных руководителей образовательных учреждений Кировского района</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1675" w:type="dxa"/>
+            <w:tcW w:w="1674" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="28675732" w14:textId="1DCEFDDD" w:rsidR="00C546ED" w:rsidRPr="00435B54" w:rsidRDefault="00C546ED" w:rsidP="00E05BDE">
             <w:pPr>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00435B54">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>ДДЮТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:tcW w:w="1726" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1F88D961" w14:textId="77777777" w:rsidR="00C546ED" w:rsidRPr="00435B54" w:rsidRDefault="00C546ED" w:rsidP="00E05BDE">
             <w:pPr>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5833" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="60082B43" w14:textId="6B6105DE" w:rsidR="00C546ED" w:rsidRPr="00435B54" w:rsidRDefault="00C34776" w:rsidP="00E05BDE">
+            <w:tcW w:w="5867" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="60082B43" w14:textId="6B6105DE" w:rsidR="00C546ED" w:rsidRPr="00435B54" w:rsidRDefault="005E2879" w:rsidP="00E05BDE">
             <w:pPr>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r w:rsidR="00C546ED" w:rsidRPr="00435B54">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:bCs/>
                 </w:rPr>
                 <w:t>https://clck.ru/3Mm8aZ</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00C546ED" w:rsidRPr="00435B54">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B5560" w:rsidRPr="00C546ED" w14:paraId="2EF7FEBD" w14:textId="77777777" w:rsidTr="00C34776">
-[...2 lines deleted...]
-            <w:tcW w:w="5566" w:type="dxa"/>
+      <w:tr w:rsidR="003B5560" w:rsidRPr="00C546ED" w14:paraId="2EF7FEBD" w14:textId="77777777" w:rsidTr="005E2879">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5536" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="037F3813" w14:textId="1E561461" w:rsidR="003B5560" w:rsidRPr="00435B54" w:rsidRDefault="003B5560" w:rsidP="00E05BDE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textDirection w:val="lrTb"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00435B54">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Районный этап конкурса лучших практик наставничества </w:t>
             </w:r>
             <w:r w:rsidRPr="00435B54">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">среди классных руководителей </w:t>
             </w:r>
             <w:r w:rsidRPr="00435B54">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00435B54">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">общеобразовательных организаций Санкт-Петербурга </w:t>
             </w:r>
             <w:r w:rsidRPr="00435B54">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...4 lines deleted...]
-              <w:lastRenderedPageBreak/>
               <w:t>«Классный дуэт»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1675" w:type="dxa"/>
+            <w:tcW w:w="1674" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4296E2F5" w14:textId="0A65CC4E" w:rsidR="003B5560" w:rsidRPr="00435B54" w:rsidRDefault="003B5560" w:rsidP="00E05BDE">
             <w:pPr>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00435B54">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>ДДЮТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:tcW w:w="1726" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="318D9FBE" w14:textId="77777777" w:rsidR="003B5560" w:rsidRPr="00435B54" w:rsidRDefault="003B5560" w:rsidP="00E05BDE">
             <w:pPr>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5833" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="2135FB57" w14:textId="2B4C7919" w:rsidR="003B5560" w:rsidRPr="00435B54" w:rsidRDefault="00C34776" w:rsidP="00E05BDE">
+            <w:tcW w:w="5867" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2135FB57" w14:textId="2B4C7919" w:rsidR="003B5560" w:rsidRPr="00435B54" w:rsidRDefault="005E2879" w:rsidP="00E05BDE">
             <w:pPr>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r w:rsidR="003B5560" w:rsidRPr="00435B54">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>https://clck.ru/3Mm8vt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E05BDE" w:rsidRPr="001E10E2" w14:paraId="479F1FCA" w14:textId="77777777" w:rsidTr="002765A6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14803" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
@@ -1229,264 +1240,374 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ноябрь</w:t>
             </w:r>
             <w:r w:rsidRPr="001E10E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E05BDE" w:rsidRPr="00F37563" w14:paraId="0C3BDE54" w14:textId="77777777" w:rsidTr="00C34776">
-[...2 lines deleted...]
-            <w:tcW w:w="5566" w:type="dxa"/>
+      <w:tr w:rsidR="00E05BDE" w:rsidRPr="00F37563" w14:paraId="0C3BDE54" w14:textId="77777777" w:rsidTr="005E2879">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5FBAD8D5" w14:textId="77777777" w:rsidR="008168E5" w:rsidRPr="004E3CBE" w:rsidRDefault="00E05BDE" w:rsidP="00E05BDE">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E3CBE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Районный (отборочный) этап Всероссийского конкурса </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1E0D9A3B" w14:textId="05711EE5" w:rsidR="00E05BDE" w:rsidRPr="004E3CBE" w:rsidRDefault="00E05BDE" w:rsidP="00E05BDE">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E3CBE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>«За нравственный подвиг учителя»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1675" w:type="dxa"/>
+            <w:tcW w:w="1674" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0AE28C7F" w14:textId="03B05F6B" w:rsidR="00E05BDE" w:rsidRPr="004E3CBE" w:rsidRDefault="00E05BDE" w:rsidP="00E05BDE">
             <w:pPr>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E3CBE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>ИМЦ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:tcW w:w="1726" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3034AD6B" w14:textId="77777777" w:rsidR="00E05BDE" w:rsidRPr="004E3CBE" w:rsidRDefault="00E05BDE" w:rsidP="00E05BDE">
             <w:pPr>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5833" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="6FEDAE12" w14:textId="20493A1B" w:rsidR="00E05BDE" w:rsidRPr="004E3CBE" w:rsidRDefault="00C34776" w:rsidP="00E05BDE">
+            <w:tcW w:w="5867" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FEDAE12" w14:textId="20493A1B" w:rsidR="00E05BDE" w:rsidRPr="004E3CBE" w:rsidRDefault="005E2879" w:rsidP="00E05BDE">
             <w:pPr>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r w:rsidR="00E05BDE" w:rsidRPr="004E3CBE">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>https://cloud.mail.ru/</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E05BDE" w:rsidRPr="00F37563" w14:paraId="140B43D4" w14:textId="77777777" w:rsidTr="00C34776">
-[...2 lines deleted...]
-            <w:tcW w:w="5566" w:type="dxa"/>
+      <w:tr w:rsidR="000B13F7" w:rsidRPr="00F37563" w14:paraId="4572343B" w14:textId="77777777" w:rsidTr="005E2879">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5536" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FB987D4" w14:textId="5CE17FB5" w:rsidR="000B13F7" w:rsidRPr="004E3CBE" w:rsidRDefault="000B13F7" w:rsidP="00E05BDE">
+            <w:pPr>
+              <w:pBdr>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:left="0" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Районный тур городского профессионального </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>педагогического  конкурса</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000B13F7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>«Я познаю мир»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1674" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B9C9DCB" w14:textId="3742A176" w:rsidR="000B13F7" w:rsidRPr="004E3CBE" w:rsidRDefault="000B13F7" w:rsidP="00E05BDE">
+            <w:pPr>
+              <w:ind w:left="0" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ИМЦ (ЦИК)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1726" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="325E3D0E" w14:textId="77777777" w:rsidR="000B13F7" w:rsidRPr="004E3CBE" w:rsidRDefault="000B13F7" w:rsidP="00E05BDE">
+            <w:pPr>
+              <w:ind w:left="0" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5867" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6459006D" w14:textId="1EEBB47D" w:rsidR="000B13F7" w:rsidRDefault="000B13F7" w:rsidP="00E05BDE">
+            <w:pPr>
+              <w:ind w:left="0" w:hanging="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r w:rsidRPr="004E0F2B">
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                </w:rPr>
+                <w:t>https://imc.kirov.spb.ru/index.php/deyatelnost/meropriyatiya-ikt-napravlennosti/gorodskoj-konkurs-ya-poznayu-mir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E05BDE" w:rsidRPr="00F37563" w14:paraId="140B43D4" w14:textId="77777777" w:rsidTr="005E2879">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2BE874B1" w14:textId="7509931C" w:rsidR="00E05BDE" w:rsidRPr="004E3CBE" w:rsidRDefault="00E05BDE" w:rsidP="00E05BDE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textDirection w:val="lrTb"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E3CBE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Районный конкурс ДОУ </w:t>
             </w:r>
             <w:r w:rsidRPr="004E3CBE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>«Детский сад- территория детства»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1675" w:type="dxa"/>
+            <w:tcW w:w="1674" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0FD16DBD" w14:textId="495C2116" w:rsidR="00E05BDE" w:rsidRPr="004E3CBE" w:rsidRDefault="00E05BDE" w:rsidP="00E05BDE">
             <w:pPr>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E3CBE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>ИМЦ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:tcW w:w="1726" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="706BB16A" w14:textId="77777777" w:rsidR="00E05BDE" w:rsidRPr="004E3CBE" w:rsidRDefault="00E05BDE" w:rsidP="00E05BDE">
             <w:pPr>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5833" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="6E8233D4" w14:textId="0B5D8C57" w:rsidR="00E05BDE" w:rsidRPr="004E3CBE" w:rsidRDefault="00C34776" w:rsidP="00E05BDE">
+            <w:tcW w:w="5867" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E8233D4" w14:textId="0B5D8C57" w:rsidR="00E05BDE" w:rsidRPr="004E3CBE" w:rsidRDefault="005E2879" w:rsidP="00E05BDE">
             <w:pPr>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textDirection w:val="lrTb"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r w:rsidR="00E05BDE" w:rsidRPr="004E3CBE">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>https://cloud.mail.ru/</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E05BDE" w:rsidRPr="00F37563" w14:paraId="15B1D6A7" w14:textId="77777777" w:rsidTr="00C34776">
-[...2 lines deleted...]
-            <w:tcW w:w="5566" w:type="dxa"/>
+      <w:tr w:rsidR="00E05BDE" w:rsidRPr="00F37563" w14:paraId="15B1D6A7" w14:textId="77777777" w:rsidTr="005E2879">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5536" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="382E7194" w14:textId="77777777" w:rsidR="00E05BDE" w:rsidRPr="004E3CBE" w:rsidRDefault="00E05BDE" w:rsidP="00E05BDE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textDirection w:val="lrTb"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E3CBE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Районный конкурс-фестиваль</w:t>
@@ -1499,230 +1620,246 @@
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textDirection w:val="lrTb"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E3CBE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>«Лучшие педагогические практики»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1675" w:type="dxa"/>
+            <w:tcW w:w="1674" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="23AFBD40" w14:textId="5D6C9FC2" w:rsidR="00E05BDE" w:rsidRPr="004E3CBE" w:rsidRDefault="00E05BDE" w:rsidP="00E05BDE">
             <w:pPr>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E3CBE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>ИМЦ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:tcW w:w="1726" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="27FBFB72" w14:textId="77777777" w:rsidR="00E05BDE" w:rsidRPr="004E3CBE" w:rsidRDefault="00E05BDE" w:rsidP="00E05BDE">
             <w:pPr>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5833" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="08EA0AED" w14:textId="2B39B2EA" w:rsidR="00E05BDE" w:rsidRPr="004E3CBE" w:rsidRDefault="00C34776" w:rsidP="00E05BDE">
+            <w:tcW w:w="5867" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08EA0AED" w14:textId="2B39B2EA" w:rsidR="00E05BDE" w:rsidRPr="004E3CBE" w:rsidRDefault="005E2879" w:rsidP="00E05BDE">
             <w:pPr>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textDirection w:val="lrTb"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r w:rsidR="00E05BDE" w:rsidRPr="004E3CBE">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>https://cloud.mail.ru/</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C546ED" w:rsidRPr="00C546ED" w14:paraId="3F3E270F" w14:textId="77777777" w:rsidTr="00C34776">
-[...2 lines deleted...]
-            <w:tcW w:w="5566" w:type="dxa"/>
+      <w:tr w:rsidR="00C546ED" w:rsidRPr="00C546ED" w14:paraId="3F3E270F" w14:textId="77777777" w:rsidTr="005E2879">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5536" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4308B4E0" w14:textId="08B804E8" w:rsidR="00C546ED" w:rsidRPr="00435B54" w:rsidRDefault="00C546ED" w:rsidP="00E05BDE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textDirection w:val="lrTb"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00435B54">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Районный конкурс школьных музеев </w:t>
             </w:r>
             <w:r w:rsidRPr="00435B54">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
-              <w:t>«Музей глазами хранителя»</w:t>
-            </w:r>
+              <w:t xml:space="preserve">«Музей глазами </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00435B54">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>хранителя»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435B54">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">                          </w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1675" w:type="dxa"/>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00435B54">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">                       </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1674" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="400FD343" w14:textId="2E6077E8" w:rsidR="00C546ED" w:rsidRPr="00435B54" w:rsidRDefault="00C546ED" w:rsidP="00E05BDE">
             <w:pPr>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00435B54">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>ДДЮТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:tcW w:w="1726" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A2892AC" w14:textId="77777777" w:rsidR="00C546ED" w:rsidRPr="00435B54" w:rsidRDefault="00C546ED" w:rsidP="00E05BDE">
             <w:pPr>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5833" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="418FA873" w14:textId="4CD6047A" w:rsidR="00C546ED" w:rsidRPr="00435B54" w:rsidRDefault="00C34776" w:rsidP="00E05BDE">
+            <w:tcW w:w="5867" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="418FA873" w14:textId="4CD6047A" w:rsidR="00C546ED" w:rsidRPr="00435B54" w:rsidRDefault="005E2879" w:rsidP="00E05BDE">
             <w:pPr>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textDirection w:val="lrTb"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r w:rsidR="00C546ED" w:rsidRPr="00435B54">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:bCs/>
                 </w:rPr>
                 <w:t>https://clck.ru/3Mm5Y6</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00C546ED" w:rsidRPr="00435B54">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007570FF" w:rsidRPr="004A38FF" w14:paraId="629FD382" w14:textId="77777777" w:rsidTr="00C34776">
-[...2 lines deleted...]
-            <w:tcW w:w="5566" w:type="dxa"/>
+      <w:tr w:rsidR="007570FF" w:rsidRPr="00D5290B" w14:paraId="629FD382" w14:textId="77777777" w:rsidTr="005E2879">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5536" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="79BCBD44" w14:textId="77777777" w:rsidR="007570FF" w:rsidRPr="00435B54" w:rsidRDefault="007570FF" w:rsidP="007570FF">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textDirection w:val="lrTb"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00435B54">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Открытый творческий конкурс Кировского района</w:t>
             </w:r>
@@ -1741,101 +1878,101 @@
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textDirection w:val="lrTb"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00435B54">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>«Талисман БДД-2026»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1675" w:type="dxa"/>
+            <w:tcW w:w="1674" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6540D5F6" w14:textId="50CF097A" w:rsidR="007570FF" w:rsidRPr="00435B54" w:rsidRDefault="007570FF" w:rsidP="007570FF">
             <w:pPr>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00435B54">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:tcW w:w="1726" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="035D2745" w14:textId="77777777" w:rsidR="007570FF" w:rsidRPr="00435B54" w:rsidRDefault="007570FF" w:rsidP="007570FF">
             <w:pPr>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5833" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="27B840EF" w14:textId="6C7CC71F" w:rsidR="007570FF" w:rsidRPr="00435B54" w:rsidRDefault="00C34776" w:rsidP="007570FF">
+            <w:tcW w:w="5867" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="27B840EF" w14:textId="6C7CC71F" w:rsidR="007570FF" w:rsidRPr="00435B54" w:rsidRDefault="00741F49" w:rsidP="007570FF">
             <w:pPr>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textDirection w:val="lrTb"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r w:rsidR="006102F4" w:rsidRPr="00435B54">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com _</w:t>
               </w:r>
               <w:proofErr w:type="spellStart"/>
               <w:r w:rsidR="006102F4" w:rsidRPr="00435B54">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>content&amp;task</w:t>
               </w:r>
               <w:proofErr w:type="spellEnd"/>
               <w:r w:rsidR="006102F4" w:rsidRPr="00435B54">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>=</w:t>
@@ -1878,2660 +2015,3024 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Декабрь</w:t>
             </w:r>
             <w:r w:rsidRPr="001E10E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007570FF" w:rsidRPr="00F37563" w14:paraId="7D821C70" w14:textId="77777777" w:rsidTr="00C34776">
-[...2 lines deleted...]
-            <w:tcW w:w="5566" w:type="dxa"/>
+      <w:tr w:rsidR="007570FF" w:rsidRPr="00F37563" w14:paraId="7D821C70" w14:textId="77777777" w:rsidTr="005E2879">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="17BE36B3" w14:textId="0402FD21" w:rsidR="007570FF" w:rsidRPr="004E3CBE" w:rsidRDefault="007570FF" w:rsidP="007570FF">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E3CBE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Районный (отборочный) этап Всероссийского конкурса </w:t>
             </w:r>
             <w:r w:rsidRPr="004E3CBE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>«За нравственный подвиг учителя»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1675" w:type="dxa"/>
+            <w:tcW w:w="1674" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="77452B52" w14:textId="01B58E18" w:rsidR="007570FF" w:rsidRPr="004E3CBE" w:rsidRDefault="007570FF" w:rsidP="007570FF">
             <w:pPr>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E3CBE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>ИМЦ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:tcW w:w="1726" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="339BCEC4" w14:textId="77777777" w:rsidR="007570FF" w:rsidRPr="004E3CBE" w:rsidRDefault="007570FF" w:rsidP="007570FF">
             <w:pPr>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5833" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="7B581748" w14:textId="2D18DD8D" w:rsidR="007570FF" w:rsidRPr="004E3CBE" w:rsidRDefault="00C34776" w:rsidP="007570FF">
+            <w:tcW w:w="5867" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B581748" w14:textId="2D18DD8D" w:rsidR="007570FF" w:rsidRPr="004E3CBE" w:rsidRDefault="005E2879" w:rsidP="007570FF">
             <w:pPr>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r w:rsidR="007570FF" w:rsidRPr="004E3CBE">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>https://cloud.mail.ru/</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007570FF" w:rsidRPr="00F37563" w14:paraId="76AACA96" w14:textId="77777777" w:rsidTr="00C34776">
-[...5 lines deleted...]
-          <w:p w14:paraId="298B3E28" w14:textId="718C9DDE" w:rsidR="007570FF" w:rsidRPr="004E3CBE" w:rsidRDefault="007570FF" w:rsidP="007570FF">
+      <w:tr w:rsidR="005E2879" w:rsidRPr="00F37563" w14:paraId="613D61EA" w14:textId="77777777" w:rsidTr="005E2879">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5536" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1934EE4E" w14:textId="1776D6BB" w:rsidR="005E2879" w:rsidRPr="004E3CBE" w:rsidRDefault="005E2879" w:rsidP="005E2879">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Районный тур городского профессионального </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>педагогического  конкурса</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000B13F7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>«Я познаю мир»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1674" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EA6D5D8" w14:textId="451886EB" w:rsidR="005E2879" w:rsidRPr="004E3CBE" w:rsidRDefault="005E2879" w:rsidP="005E2879">
+            <w:pPr>
+              <w:ind w:left="0" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ИМЦ (ЦИК)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1726" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01667918" w14:textId="77777777" w:rsidR="005E2879" w:rsidRPr="004E3CBE" w:rsidRDefault="005E2879" w:rsidP="005E2879">
+            <w:pPr>
+              <w:ind w:left="0" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5867" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="534034FB" w14:textId="58FCCE0B" w:rsidR="005E2879" w:rsidRDefault="005E2879" w:rsidP="005E2879">
+            <w:pPr>
+              <w:ind w:left="0" w:hanging="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r w:rsidRPr="004E0F2B">
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                </w:rPr>
+                <w:t>https://imc.kirov.spb.ru/index.php/deyatelnost/meropriyatiya-ikt-napravlennosti/gorodskoj-konkurs-ya-poznayu-mir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005E2879" w:rsidRPr="00F37563" w14:paraId="76AACA96" w14:textId="77777777" w:rsidTr="005E2879">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5536" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="298B3E28" w14:textId="718C9DDE" w:rsidR="005E2879" w:rsidRPr="004E3CBE" w:rsidRDefault="005E2879" w:rsidP="005E2879">
+            <w:pPr>
+              <w:pBdr>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:left="0" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E3CBE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Районный конкурс ДОУ </w:t>
             </w:r>
             <w:r w:rsidRPr="004E3CBE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>«Детский сад- территория детства»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1675" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="5DDC4C50" w14:textId="3A914A1B" w:rsidR="007570FF" w:rsidRPr="004E3CBE" w:rsidRDefault="007570FF" w:rsidP="007570FF">
+            <w:tcW w:w="1674" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DDC4C50" w14:textId="3A914A1B" w:rsidR="005E2879" w:rsidRPr="004E3CBE" w:rsidRDefault="005E2879" w:rsidP="005E2879">
             <w:pPr>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E3CBE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>ИМЦ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1729" w:type="dxa"/>
-[...17 lines deleted...]
-          <w:p w14:paraId="2D1E18D1" w14:textId="72D4BC68" w:rsidR="007570FF" w:rsidRPr="004E3CBE" w:rsidRDefault="00C34776" w:rsidP="007570FF">
+            <w:tcW w:w="1726" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="67687359" w14:textId="77777777" w:rsidR="005E2879" w:rsidRPr="004E3CBE" w:rsidRDefault="005E2879" w:rsidP="005E2879">
+            <w:pPr>
+              <w:ind w:left="0" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5867" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D1E18D1" w14:textId="72D4BC68" w:rsidR="005E2879" w:rsidRPr="004E3CBE" w:rsidRDefault="005E2879" w:rsidP="005E2879">
             <w:pPr>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
-              <w:r w:rsidR="007570FF" w:rsidRPr="004E3CBE">
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r w:rsidRPr="004E3CBE">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>https://cloud.mail.ru/</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007570FF" w:rsidRPr="004A38FF" w14:paraId="5CDAE57C" w14:textId="77777777" w:rsidTr="00C34776">
-[...4 lines deleted...]
-          <w:p w14:paraId="4C6D914C" w14:textId="100B0F9F" w:rsidR="007570FF" w:rsidRPr="00435B54" w:rsidRDefault="007570FF" w:rsidP="007570FF">
+      <w:tr w:rsidR="005E2879" w:rsidRPr="00D5290B" w14:paraId="5CDAE57C" w14:textId="77777777" w:rsidTr="005E2879">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C6D914C" w14:textId="100B0F9F" w:rsidR="005E2879" w:rsidRPr="00435B54" w:rsidRDefault="005E2879" w:rsidP="005E2879">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textDirection w:val="lrTb"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00435B54">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Районный этап регионального конкурса среди образовательных учреждений Санкт-Петербурга</w:t>
             </w:r>
             <w:r w:rsidRPr="00435B54">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> «Дорога без опасности»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1675" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="226C013B" w14:textId="0CED8B70" w:rsidR="007570FF" w:rsidRPr="00435B54" w:rsidRDefault="007570FF" w:rsidP="007570FF">
+            <w:tcW w:w="1674" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="226C013B" w14:textId="0CED8B70" w:rsidR="005E2879" w:rsidRPr="00435B54" w:rsidRDefault="005E2879" w:rsidP="005E2879">
             <w:pPr>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00435B54">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1729" w:type="dxa"/>
-[...17 lines deleted...]
-          <w:p w14:paraId="271146EE" w14:textId="37DC6801" w:rsidR="007570FF" w:rsidRPr="00435B54" w:rsidRDefault="00C34776" w:rsidP="007570FF">
+            <w:tcW w:w="1726" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2477E823" w14:textId="77777777" w:rsidR="005E2879" w:rsidRPr="00435B54" w:rsidRDefault="005E2879" w:rsidP="005E2879">
+            <w:pPr>
+              <w:ind w:left="0" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5867" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="271146EE" w14:textId="37DC6801" w:rsidR="005E2879" w:rsidRPr="00435B54" w:rsidRDefault="005E2879" w:rsidP="005E2879">
             <w:pPr>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
-              <w:r w:rsidR="008437DD" w:rsidRPr="00435B54">
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r w:rsidRPr="00435B54">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com _</w:t>
               </w:r>
               <w:proofErr w:type="spellStart"/>
-              <w:r w:rsidR="008437DD" w:rsidRPr="00435B54">
+              <w:r w:rsidRPr="00435B54">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>content&amp;task</w:t>
               </w:r>
               <w:proofErr w:type="spellEnd"/>
-              <w:r w:rsidR="008437DD" w:rsidRPr="00435B54">
+              <w:r w:rsidRPr="00435B54">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>=</w:t>
               </w:r>
               <w:proofErr w:type="spellStart"/>
-              <w:r w:rsidR="008437DD" w:rsidRPr="00435B54">
+              <w:r w:rsidRPr="00435B54">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>blogcategory&amp;id</w:t>
               </w:r>
               <w:proofErr w:type="spellEnd"/>
-              <w:r w:rsidR="008437DD" w:rsidRPr="00435B54">
+              <w:r w:rsidRPr="00435B54">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007570FF" w:rsidRPr="001E10E2" w14:paraId="2769BFE1" w14:textId="77777777" w:rsidTr="002765A6">
+      <w:tr w:rsidR="005E2879" w:rsidRPr="001E10E2" w14:paraId="2769BFE1" w14:textId="77777777" w:rsidTr="002765A6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14803" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="7333DB1C" w14:textId="7BFD003A" w:rsidR="007570FF" w:rsidRPr="001E10E2" w:rsidRDefault="007570FF" w:rsidP="007570FF">
+          <w:p w14:paraId="7333DB1C" w14:textId="7BFD003A" w:rsidR="005E2879" w:rsidRPr="001E10E2" w:rsidRDefault="005E2879" w:rsidP="005E2879">
             <w:pPr>
               <w:ind w:leftChars="0" w:left="0" w:firstLineChars="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Январь</w:t>
             </w:r>
             <w:r w:rsidRPr="001E10E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> 202</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007570FF" w:rsidRPr="00C546ED" w14:paraId="3A4A7727" w14:textId="77777777" w:rsidTr="00C34776">
-[...5 lines deleted...]
-          <w:p w14:paraId="7F06384A" w14:textId="05F0592D" w:rsidR="007570FF" w:rsidRPr="00BD514D" w:rsidRDefault="00C34776" w:rsidP="007570FF">
+      <w:tr w:rsidR="005E2879" w:rsidRPr="00C546ED" w14:paraId="08229598" w14:textId="77777777" w:rsidTr="00DE4B10">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5536" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C1A4492" w14:textId="77777777" w:rsidR="005E2879" w:rsidRDefault="005E2879" w:rsidP="00DE4B10">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...4 lines deleted...]
-              <w:r w:rsidR="007570FF" w:rsidRPr="00BD514D">
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Районный тур городского профессионального </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>педагогического  конкурса</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000B13F7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>«Я познаю мир»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1674" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="06C54E37" w14:textId="77777777" w:rsidR="005E2879" w:rsidRPr="00BD514D" w:rsidRDefault="005E2879" w:rsidP="00DE4B10">
+            <w:pPr>
+              <w:ind w:left="0" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ИМЦ (ЦИК)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1726" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A5637CB" w14:textId="77777777" w:rsidR="005E2879" w:rsidRPr="00BD514D" w:rsidRDefault="005E2879" w:rsidP="00DE4B10">
+            <w:pPr>
+              <w:ind w:left="0" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5867" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="38A76035" w14:textId="77777777" w:rsidR="005E2879" w:rsidRDefault="005E2879" w:rsidP="00DE4B10">
+            <w:pPr>
+              <w:ind w:left="0" w:hanging="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r w:rsidRPr="004E0F2B">
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                </w:rPr>
+                <w:t>https://imc.kirov.spb.ru/index.php/deyatelnost/meropriyatiya-ikt-napravlennosti/gorodskoj-konkurs-ya-poznayu-mir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005E2879" w:rsidRPr="00C546ED" w14:paraId="3A4A7727" w14:textId="77777777" w:rsidTr="005E2879">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5536" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F06384A" w14:textId="05F0592D" w:rsidR="005E2879" w:rsidRPr="00BD514D" w:rsidRDefault="005E2879" w:rsidP="005E2879">
+            <w:pPr>
+              <w:pBdr>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:left="0" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r w:rsidRPr="00BD514D">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="auto"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Районный педагогический конкурс среди классных руководителей </w:t>
               </w:r>
-              <w:r w:rsidR="007570FF" w:rsidRPr="00BD514D">
+              <w:r w:rsidRPr="00BD514D">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:br/>
               </w:r>
-              <w:r w:rsidR="007570FF" w:rsidRPr="00BD514D">
+              <w:r w:rsidRPr="00BD514D">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="auto"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t xml:space="preserve">на </w:t>
               </w:r>
-              <w:r w:rsidR="007570FF" w:rsidRPr="00BD514D">
+              <w:r w:rsidRPr="00BD514D">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:b/>
                   <w:bCs/>
                   <w:color w:val="auto"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t xml:space="preserve">лучшие методические разработки воспитательных занятий </w:t>
               </w:r>
-              <w:r w:rsidR="007570FF" w:rsidRPr="00BD514D">
+              <w:r w:rsidRPr="00BD514D">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="auto"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t>(мероприятий)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1675" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="2CAA5FA7" w14:textId="07075DB2" w:rsidR="007570FF" w:rsidRPr="00BD514D" w:rsidRDefault="007570FF" w:rsidP="007570FF">
+            <w:tcW w:w="1674" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CAA5FA7" w14:textId="07075DB2" w:rsidR="005E2879" w:rsidRPr="00BD514D" w:rsidRDefault="005E2879" w:rsidP="005E2879">
             <w:pPr>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD514D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>ДДЮТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1729" w:type="dxa"/>
-[...26 lines deleted...]
-              <w:r w:rsidR="007570FF" w:rsidRPr="00BD514D">
+            <w:tcW w:w="1726" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F244B62" w14:textId="77777777" w:rsidR="005E2879" w:rsidRPr="00BD514D" w:rsidRDefault="005E2879" w:rsidP="005E2879">
+            <w:pPr>
+              <w:ind w:left="0" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5867" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E6CAD8A" w14:textId="02D69DD9" w:rsidR="005E2879" w:rsidRPr="00BD514D" w:rsidRDefault="005E2879" w:rsidP="005E2879">
+            <w:pPr>
+              <w:ind w:left="0" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r w:rsidRPr="00BD514D">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>https://clck.ru/3Mm98F</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="007570FF" w:rsidRPr="00BD514D">
+            <w:r w:rsidRPr="00BD514D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007570FF" w:rsidRPr="004A38FF" w14:paraId="213BCA5A" w14:textId="77777777" w:rsidTr="00C34776">
-[...5 lines deleted...]
-          <w:p w14:paraId="4BE9F3E8" w14:textId="5E0A0866" w:rsidR="007570FF" w:rsidRPr="00435B54" w:rsidRDefault="007570FF" w:rsidP="007570FF">
+      <w:tr w:rsidR="005E2879" w:rsidRPr="00D5290B" w14:paraId="213BCA5A" w14:textId="77777777" w:rsidTr="005E2879">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5536" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BE9F3E8" w14:textId="5E0A0866" w:rsidR="005E2879" w:rsidRPr="00435B54" w:rsidRDefault="005E2879" w:rsidP="005E2879">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textDirection w:val="lrTb"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00435B54">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Районный творческий конкурс среди педагогических работников образовательных учреждений Кировского района</w:t>
             </w:r>
             <w:r w:rsidRPr="00435B54">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> «Методическая разработка мероприятия по ПДДТТ»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1675" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="693EDE26" w14:textId="4D234B3C" w:rsidR="007570FF" w:rsidRPr="00435B54" w:rsidRDefault="007570FF" w:rsidP="007570FF">
+            <w:tcW w:w="1674" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="693EDE26" w14:textId="4D234B3C" w:rsidR="005E2879" w:rsidRPr="00435B54" w:rsidRDefault="005E2879" w:rsidP="005E2879">
             <w:pPr>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00435B54">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1729" w:type="dxa"/>
-[...17 lines deleted...]
-          <w:p w14:paraId="64EADD61" w14:textId="053CA3B2" w:rsidR="007570FF" w:rsidRPr="00435B54" w:rsidRDefault="00C34776" w:rsidP="007570FF">
+            <w:tcW w:w="1726" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BDD53F6" w14:textId="77777777" w:rsidR="005E2879" w:rsidRPr="00435B54" w:rsidRDefault="005E2879" w:rsidP="005E2879">
+            <w:pPr>
+              <w:ind w:left="0" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5867" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="64EADD61" w14:textId="053CA3B2" w:rsidR="005E2879" w:rsidRPr="00435B54" w:rsidRDefault="005E2879" w:rsidP="005E2879">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textDirection w:val="lrTb"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
-              <w:r w:rsidR="007570FF" w:rsidRPr="00435B54">
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r w:rsidRPr="00435B54">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t xml:space="preserve">https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_ </w:t>
               </w:r>
               <w:proofErr w:type="spellStart"/>
-              <w:r w:rsidR="007570FF" w:rsidRPr="00435B54">
+              <w:r w:rsidRPr="00435B54">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>content&amp;task</w:t>
               </w:r>
               <w:proofErr w:type="spellEnd"/>
-              <w:r w:rsidR="007570FF" w:rsidRPr="00435B54">
+              <w:r w:rsidRPr="00435B54">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>=</w:t>
               </w:r>
               <w:proofErr w:type="spellStart"/>
-              <w:r w:rsidR="007570FF" w:rsidRPr="00435B54">
+              <w:r w:rsidRPr="00435B54">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>blogcategory&amp;id</w:t>
               </w:r>
               <w:proofErr w:type="spellEnd"/>
-              <w:r w:rsidR="007570FF" w:rsidRPr="00435B54">
+              <w:r w:rsidRPr="00435B54">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007570FF" w:rsidRPr="004A38FF" w14:paraId="7933024B" w14:textId="77777777" w:rsidTr="00C34776">
-[...5 lines deleted...]
-          <w:p w14:paraId="1D2E3F7C" w14:textId="75674C53" w:rsidR="007570FF" w:rsidRPr="00435B54" w:rsidRDefault="007570FF" w:rsidP="007570FF">
+      <w:tr w:rsidR="005E2879" w:rsidRPr="00D5290B" w14:paraId="7933024B" w14:textId="77777777" w:rsidTr="005E2879">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5536" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D2E3F7C" w14:textId="75674C53" w:rsidR="005E2879" w:rsidRPr="00435B54" w:rsidRDefault="005E2879" w:rsidP="005E2879">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textDirection w:val="lrTb"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00435B54">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Х открытый районный конкурс профессионального мастерства</w:t>
             </w:r>
             <w:r w:rsidRPr="00435B54">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> «Храбрый портняжка»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1675" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="12463B15" w14:textId="0B7DD529" w:rsidR="007570FF" w:rsidRPr="00435B54" w:rsidRDefault="007570FF" w:rsidP="007570FF">
+            <w:tcW w:w="1674" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="12463B15" w14:textId="0B7DD529" w:rsidR="005E2879" w:rsidRPr="00435B54" w:rsidRDefault="005E2879" w:rsidP="005E2879">
             <w:pPr>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00435B54">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1729" w:type="dxa"/>
-[...17 lines deleted...]
-          <w:p w14:paraId="059D28CD" w14:textId="24E66855" w:rsidR="007570FF" w:rsidRPr="00435B54" w:rsidRDefault="00C34776" w:rsidP="007570FF">
+            <w:tcW w:w="1726" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B5561FE" w14:textId="77777777" w:rsidR="005E2879" w:rsidRPr="00435B54" w:rsidRDefault="005E2879" w:rsidP="005E2879">
+            <w:pPr>
+              <w:ind w:left="0" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5867" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="059D28CD" w14:textId="24E66855" w:rsidR="005E2879" w:rsidRPr="00435B54" w:rsidRDefault="005E2879" w:rsidP="005E2879">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textDirection w:val="lrTb"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
-              <w:r w:rsidR="007570FF" w:rsidRPr="00435B54">
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r w:rsidRPr="00435B54">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
-                <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php? option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
+                <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php? option=</w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidRPr="00435B54">
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:t>com_content&amp;task</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r w:rsidRPr="00435B54">
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:t>=</w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidRPr="00435B54">
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:t>blogcategory&amp;id</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r w:rsidRPr="00435B54">
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:t>=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007570FF" w:rsidRPr="001E10E2" w14:paraId="0EA6F2B8" w14:textId="77777777" w:rsidTr="002765A6">
+      <w:tr w:rsidR="005E2879" w:rsidRPr="001E10E2" w14:paraId="0EA6F2B8" w14:textId="77777777" w:rsidTr="002765A6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14803" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="68D00043" w14:textId="218030B8" w:rsidR="007570FF" w:rsidRPr="001E10E2" w:rsidRDefault="007570FF" w:rsidP="007570FF">
+          <w:p w14:paraId="68D00043" w14:textId="218030B8" w:rsidR="005E2879" w:rsidRPr="001E10E2" w:rsidRDefault="005E2879" w:rsidP="005E2879">
             <w:pPr>
               <w:ind w:leftChars="0" w:left="0" w:firstLineChars="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Февраль</w:t>
             </w:r>
             <w:r w:rsidRPr="001E10E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> 202</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007570FF" w:rsidRPr="00F37563" w14:paraId="5527EA82" w14:textId="77777777" w:rsidTr="00C34776">
-[...5 lines deleted...]
-          <w:p w14:paraId="3EF289B9" w14:textId="4F83E838" w:rsidR="007570FF" w:rsidRPr="00C01E47" w:rsidRDefault="007570FF" w:rsidP="00E07F0A">
+      <w:tr w:rsidR="005E2879" w:rsidRPr="00F37563" w14:paraId="5527EA82" w14:textId="77777777" w:rsidTr="005E2879">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5536" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EF289B9" w14:textId="4F83E838" w:rsidR="005E2879" w:rsidRPr="00C01E47" w:rsidRDefault="005E2879" w:rsidP="005E2879">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:leftChars="100" w:left="222" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textDirection w:val="lrTb"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C01E47">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Районный конкурс методических разработок для педагогов ДОУ </w:t>
             </w:r>
             <w:r w:rsidRPr="00C01E47">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>«Семья и ДОУ-формулы успешного взаимодействия»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1675" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="799A5499" w14:textId="72BB5D37" w:rsidR="007570FF" w:rsidRPr="00C01E47" w:rsidRDefault="007570FF" w:rsidP="00E07F0A">
+            <w:tcW w:w="1674" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="799A5499" w14:textId="72BB5D37" w:rsidR="005E2879" w:rsidRPr="00C01E47" w:rsidRDefault="005E2879" w:rsidP="005E2879">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:leftChars="100" w:left="222" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C01E47">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>ИМЦ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1729" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="30AC5BFB" w14:textId="77777777" w:rsidR="007570FF" w:rsidRPr="00C01E47" w:rsidRDefault="007570FF" w:rsidP="00E07F0A">
+            <w:tcW w:w="1726" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="30AC5BFB" w14:textId="77777777" w:rsidR="005E2879" w:rsidRPr="00C01E47" w:rsidRDefault="005E2879" w:rsidP="005E2879">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:leftChars="100" w:left="222" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5833" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="5F518353" w14:textId="12709CD0" w:rsidR="007570FF" w:rsidRPr="00C01E47" w:rsidRDefault="00C34776" w:rsidP="00E07F0A">
+            <w:tcW w:w="5867" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F518353" w14:textId="12709CD0" w:rsidR="005E2879" w:rsidRPr="00C01E47" w:rsidRDefault="005E2879" w:rsidP="005E2879">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:leftChars="100" w:left="222" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textDirection w:val="lrTb"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
-              <w:r w:rsidR="007570FF" w:rsidRPr="00C01E47">
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r w:rsidRPr="00C01E47">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>https://cloud.mail.ru/</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A38FF" w:rsidRPr="00F37563" w14:paraId="7F650C8F" w14:textId="77777777" w:rsidTr="00C34776">
-[...5 lines deleted...]
-          <w:p w14:paraId="2765A46A" w14:textId="5DDE83DF" w:rsidR="004A38FF" w:rsidRPr="00C01E47" w:rsidRDefault="004A38FF" w:rsidP="004A38FF">
+      <w:tr w:rsidR="005E2879" w:rsidRPr="00F37563" w14:paraId="108C333C" w14:textId="77777777" w:rsidTr="005E2879">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5536" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="12C4F814" w14:textId="7DBA3D61" w:rsidR="005E2879" w:rsidRPr="00C01E47" w:rsidRDefault="005E2879" w:rsidP="005E2879">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:leftChars="100" w:left="222" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textDirection w:val="lrTb"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>Районный конкурс среди педагогов ОУ Кировского района Санкт-Петербурга «Лучшее внеклассное мероприятие в начальной школе»</w:t>
-[...8 lines deleted...]
-          <w:p w14:paraId="016148DC" w14:textId="4A4FBEBF" w:rsidR="004A38FF" w:rsidRPr="00C01E47" w:rsidRDefault="004A38FF" w:rsidP="00E07F0A">
+              <w:t xml:space="preserve">Районный тур городского профессионального </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>педагогического  конкурса</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000B13F7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>«Я познаю мир»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1674" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="296DD156" w14:textId="6CD1BD61" w:rsidR="005E2879" w:rsidRPr="00C01E47" w:rsidRDefault="005E2879" w:rsidP="005E2879">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:leftChars="100" w:left="222" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>ИМЦ</w:t>
-[...8 lines deleted...]
-          <w:p w14:paraId="0C34C4F1" w14:textId="77777777" w:rsidR="004A38FF" w:rsidRPr="00C01E47" w:rsidRDefault="004A38FF" w:rsidP="00E07F0A">
+              <w:t>ИМЦ (ЦИК)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1726" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7504A150" w14:textId="77777777" w:rsidR="005E2879" w:rsidRPr="00C01E47" w:rsidRDefault="005E2879" w:rsidP="005E2879">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:leftChars="100" w:left="222" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5833" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="5F73FAB0" w14:textId="5CAECEDD" w:rsidR="004A38FF" w:rsidRDefault="00FF38FC" w:rsidP="00E07F0A">
+            <w:tcW w:w="5867" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DAD686E" w14:textId="455B17EA" w:rsidR="005E2879" w:rsidRDefault="005E2879" w:rsidP="005E2879">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:leftChars="100" w:left="222" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textDirection w:val="lrTb"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...19 lines deleted...]
-                <w:t>loud.mail.ru/</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r w:rsidRPr="004E0F2B">
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                </w:rPr>
+                <w:t>https://imc.kirov.spb.ru/index.php/deyatelnost/meropriyatiya-ikt-napravlennosti/gorodskoj-konkurs-ya-poznayu-mir</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007570FF" w:rsidRPr="004A38FF" w14:paraId="31A27114" w14:textId="77777777" w:rsidTr="00C34776">
-[...96 lines deleted...]
-          <w:p w14:paraId="3259947E" w14:textId="026085C3" w:rsidR="007570FF" w:rsidRPr="00435B54" w:rsidRDefault="00C34776" w:rsidP="00E07F0A">
+      <w:tr w:rsidR="005E2879" w:rsidRPr="00F37563" w14:paraId="7F650C8F" w14:textId="77777777" w:rsidTr="005E2879">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5536" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2765A46A" w14:textId="5DDE83DF" w:rsidR="005E2879" w:rsidRPr="00C01E47" w:rsidRDefault="005E2879" w:rsidP="005E2879">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:leftChars="100" w:left="222" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textDirection w:val="lrTb"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...46 lines deleted...]
-                <w:t>=18&amp;Itemid=37</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Районный конкурс среди педагогов ОУ Кировского района Санкт-Петербурга </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00741F49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>«Лучшее внеклассное мероприятие в начальной школе»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1674" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="016148DC" w14:textId="4A4FBEBF" w:rsidR="005E2879" w:rsidRPr="00C01E47" w:rsidRDefault="005E2879" w:rsidP="005E2879">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:leftChars="100" w:left="222" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ИМЦ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1726" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C34C4F1" w14:textId="77777777" w:rsidR="005E2879" w:rsidRPr="00C01E47" w:rsidRDefault="005E2879" w:rsidP="005E2879">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:leftChars="100" w:left="222" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5867" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F73FAB0" w14:textId="5CAECEDD" w:rsidR="005E2879" w:rsidRDefault="005E2879" w:rsidP="005E2879">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:leftChars="100" w:left="222" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:textDirection w:val="lrTb"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r w:rsidRPr="00C01E47">
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                </w:rPr>
+                <w:t>https://cloud.mail.ru/</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007570FF" w:rsidRPr="004A38FF" w14:paraId="38917D58" w14:textId="77777777" w:rsidTr="00C34776">
-[...5 lines deleted...]
-          <w:p w14:paraId="57597B46" w14:textId="77777777" w:rsidR="00E07F0A" w:rsidRPr="00435B54" w:rsidRDefault="007570FF" w:rsidP="00E07F0A">
+      <w:tr w:rsidR="005E2879" w:rsidRPr="00D5290B" w14:paraId="31A27114" w14:textId="77777777" w:rsidTr="005E2879">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5536" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="07BD8CB4" w14:textId="77777777" w:rsidR="005E2879" w:rsidRPr="00435B54" w:rsidRDefault="005E2879" w:rsidP="005E2879">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:leftChars="100" w:left="222" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00435B54">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>Х открытый районный конкурс профессионального мастерства</w:t>
+              <w:t>Районный творческий конкурс среди педагогических работников образовательных учреждений Кировского района</w:t>
             </w:r>
             <w:r w:rsidRPr="00435B54">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="256418A2" w14:textId="0DCB9D2D" w:rsidR="007570FF" w:rsidRPr="00435B54" w:rsidRDefault="007570FF" w:rsidP="00E07F0A">
+          <w:p w14:paraId="51E0F945" w14:textId="4920BB48" w:rsidR="005E2879" w:rsidRPr="00435B54" w:rsidRDefault="005E2879" w:rsidP="005E2879">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:leftChars="100" w:left="222" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00435B54">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
-              <w:t>«Храбрый портняжка»</w:t>
-[...8 lines deleted...]
-          <w:p w14:paraId="0C11BA7F" w14:textId="3AE81109" w:rsidR="007570FF" w:rsidRPr="00435B54" w:rsidRDefault="007570FF" w:rsidP="00E07F0A">
+              <w:t>«Методическая разработка мероприятия по ПДДТТ»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1674" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EC7B4AB" w14:textId="64BED4A9" w:rsidR="005E2879" w:rsidRPr="00435B54" w:rsidRDefault="005E2879" w:rsidP="005E2879">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:leftChars="100" w:left="222" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00435B54">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1729" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="1F2C6418" w14:textId="77777777" w:rsidR="007570FF" w:rsidRPr="00435B54" w:rsidRDefault="007570FF" w:rsidP="00E07F0A">
+            <w:tcW w:w="1726" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E6ACD7B" w14:textId="77777777" w:rsidR="005E2879" w:rsidRPr="00435B54" w:rsidRDefault="005E2879" w:rsidP="005E2879">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:leftChars="100" w:left="222" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5833" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0508AAEA" w14:textId="73E25504" w:rsidR="007570FF" w:rsidRPr="00435B54" w:rsidRDefault="00C34776" w:rsidP="00E07F0A">
+            <w:tcW w:w="5867" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3259947E" w14:textId="026085C3" w:rsidR="005E2879" w:rsidRPr="00435B54" w:rsidRDefault="005E2879" w:rsidP="005E2879">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:leftChars="100" w:left="222" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textDirection w:val="lrTb"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
-              <w:r w:rsidR="007570FF" w:rsidRPr="00435B54">
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r w:rsidRPr="00435B54">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
-                <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php? option=</w:t>
+                <w:t xml:space="preserve">https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_ </w:t>
               </w:r>
               <w:proofErr w:type="spellStart"/>
-              <w:r w:rsidR="007570FF" w:rsidRPr="00435B54">
+              <w:r w:rsidRPr="00435B54">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
-                <w:t>com_content&amp;task</w:t>
+                <w:t>content&amp;task</w:t>
               </w:r>
               <w:proofErr w:type="spellEnd"/>
-              <w:r w:rsidR="007570FF" w:rsidRPr="00435B54">
+              <w:r w:rsidRPr="00435B54">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>=</w:t>
               </w:r>
               <w:proofErr w:type="spellStart"/>
-              <w:r w:rsidR="007570FF" w:rsidRPr="00435B54">
+              <w:r w:rsidRPr="00435B54">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>blogcategory&amp;id</w:t>
               </w:r>
               <w:proofErr w:type="spellEnd"/>
-              <w:r w:rsidR="007570FF" w:rsidRPr="00435B54">
+              <w:r w:rsidRPr="00435B54">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007570FF" w:rsidRPr="001E10E2" w14:paraId="60F10709" w14:textId="77777777" w:rsidTr="002765A6">
-[...52 lines deleted...]
-          <w:p w14:paraId="018B576E" w14:textId="77777777" w:rsidR="007570FF" w:rsidRPr="00C01E47" w:rsidRDefault="007570FF" w:rsidP="008168E5">
+      <w:tr w:rsidR="005E2879" w:rsidRPr="00D5290B" w14:paraId="38917D58" w14:textId="77777777" w:rsidTr="005E2879">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5536" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57597B46" w14:textId="77777777" w:rsidR="005E2879" w:rsidRPr="00435B54" w:rsidRDefault="005E2879" w:rsidP="005E2879">
+            <w:pPr>
+              <w:pBdr>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:leftChars="100" w:left="222" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00435B54">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Х открытый районный конкурс профессионального мастерства</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435B54">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="256418A2" w14:textId="0DCB9D2D" w:rsidR="005E2879" w:rsidRPr="00435B54" w:rsidRDefault="005E2879" w:rsidP="005E2879">
+            <w:pPr>
+              <w:pBdr>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:leftChars="100" w:left="222" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00435B54">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>«Храбрый портняжка»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1674" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C11BA7F" w14:textId="3AE81109" w:rsidR="005E2879" w:rsidRPr="00435B54" w:rsidRDefault="005E2879" w:rsidP="005E2879">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:leftChars="100" w:left="222" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00435B54">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ЦДЮТТ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1726" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F2C6418" w14:textId="77777777" w:rsidR="005E2879" w:rsidRPr="00435B54" w:rsidRDefault="005E2879" w:rsidP="005E2879">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:leftChars="100" w:left="222" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5867" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0508AAEA" w14:textId="73E25504" w:rsidR="005E2879" w:rsidRPr="00435B54" w:rsidRDefault="005E2879" w:rsidP="005E2879">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="0" w:hanging="2"/>
+              <w:ind w:leftChars="100" w:left="222" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textDirection w:val="lrTb"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...10 lines deleted...]
-          <w:p w14:paraId="62C0713E" w14:textId="178384CF" w:rsidR="007570FF" w:rsidRPr="00C01E47" w:rsidRDefault="007570FF" w:rsidP="008168E5">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r w:rsidRPr="00435B54">
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php? option=</w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidRPr="00435B54">
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:t>com_content&amp;task</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r w:rsidRPr="00435B54">
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:t>=</w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidRPr="00435B54">
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:t>blogcategory&amp;id</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r w:rsidRPr="00435B54">
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:t>=18&amp;Itemid=37</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005E2879" w:rsidRPr="001E10E2" w14:paraId="60F10709" w14:textId="77777777" w:rsidTr="002765A6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14803" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D6BF05D" w14:textId="0B470520" w:rsidR="005E2879" w:rsidRPr="001E10E2" w:rsidRDefault="005E2879" w:rsidP="005E2879">
+            <w:pPr>
+              <w:ind w:leftChars="0" w:left="0" w:firstLineChars="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Март</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001E10E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005E2879" w:rsidRPr="00633F3D" w14:paraId="778F0E52" w14:textId="77777777" w:rsidTr="005E2879">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5536" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="018B576E" w14:textId="77777777" w:rsidR="005E2879" w:rsidRPr="00C01E47" w:rsidRDefault="005E2879" w:rsidP="005E2879">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textDirection w:val="lrTb"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C01E47">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...73 lines deleted...]
-          <w:p w14:paraId="4B39CE13" w14:textId="55AE00CB" w:rsidR="00C34776" w:rsidRPr="00C01E47" w:rsidRDefault="00C34776" w:rsidP="00C34776">
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Районный этап городского конкурса педагогических работ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62C0713E" w14:textId="178384CF" w:rsidR="005E2879" w:rsidRPr="00C01E47" w:rsidRDefault="005E2879" w:rsidP="005E2879">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textDirection w:val="lrTb"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...25 lines deleted...]
-            <w:r>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01E47">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>«Добрые уроки»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1674" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BC5448C" w14:textId="0E34B800" w:rsidR="005E2879" w:rsidRPr="00C01E47" w:rsidRDefault="005E2879" w:rsidP="005E2879">
+            <w:pPr>
+              <w:ind w:left="0" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01E47">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>ИМЦ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1729" w:type="dxa"/>
-[...17 lines deleted...]
-          <w:p w14:paraId="32B1DE96" w14:textId="230A8DE8" w:rsidR="00C34776" w:rsidRDefault="00C34776" w:rsidP="00C34776">
+            <w:tcW w:w="1726" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="29E36D5A" w14:textId="77777777" w:rsidR="005E2879" w:rsidRPr="00C01E47" w:rsidRDefault="005E2879" w:rsidP="005E2879">
+            <w:pPr>
+              <w:ind w:left="0" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5867" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="14E6DBE8" w14:textId="2B8AC481" w:rsidR="005E2879" w:rsidRPr="00C01E47" w:rsidRDefault="005E2879" w:rsidP="005E2879">
             <w:pPr>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textDirection w:val="lrTb"/>
-            </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r w:rsidRPr="00C01E47">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>https://cloud.mail.ru/</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C34776" w:rsidRPr="004A38FF" w14:paraId="7D07A2A3" w14:textId="77777777" w:rsidTr="00C34776">
-[...5 lines deleted...]
-          <w:p w14:paraId="033C645D" w14:textId="5CFCB40A" w:rsidR="00C34776" w:rsidRPr="00435B54" w:rsidRDefault="00C34776" w:rsidP="00C34776">
+      <w:tr w:rsidR="005E2879" w:rsidRPr="00633F3D" w14:paraId="6CB50172" w14:textId="77777777" w:rsidTr="005E2879">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5536" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B39CE13" w14:textId="55AE00CB" w:rsidR="005E2879" w:rsidRPr="00C01E47" w:rsidRDefault="005E2879" w:rsidP="005E2879">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textDirection w:val="lrTb"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...58 lines deleted...]
-          <w:p w14:paraId="3BDF352C" w14:textId="164F54ED" w:rsidR="00C34776" w:rsidRPr="00435B54" w:rsidRDefault="00C34776" w:rsidP="00C34776">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Районный конкурс среди педагогов ОУ Кировского района Санкт-Петербурга «Лучшее внеклассное мероприятие в начальной школе»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1674" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="03A38C7E" w14:textId="0F614E6E" w:rsidR="005E2879" w:rsidRPr="00C01E47" w:rsidRDefault="005E2879" w:rsidP="005E2879">
+            <w:pPr>
+              <w:ind w:left="0" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ИМЦ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1726" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="34516C3B" w14:textId="77777777" w:rsidR="005E2879" w:rsidRPr="00C01E47" w:rsidRDefault="005E2879" w:rsidP="005E2879">
+            <w:pPr>
+              <w:ind w:left="0" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5867" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32B1DE96" w14:textId="230A8DE8" w:rsidR="005E2879" w:rsidRDefault="005E2879" w:rsidP="005E2879">
+            <w:pPr>
+              <w:ind w:left="0" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:textDirection w:val="lrTb"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r w:rsidRPr="00C01E47">
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                </w:rPr>
+                <w:t>https://cloud.mail.ru/</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005E2879" w:rsidRPr="00D5290B" w14:paraId="7D07A2A3" w14:textId="77777777" w:rsidTr="005E2879">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5536" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="033C645D" w14:textId="5CFCB40A" w:rsidR="005E2879" w:rsidRPr="00435B54" w:rsidRDefault="005E2879" w:rsidP="005E2879">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textDirection w:val="lrTb"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
-[...104 lines deleted...]
-          <w:p w14:paraId="5DBE0428" w14:textId="77777777" w:rsidR="00C34776" w:rsidRPr="00C01E47" w:rsidRDefault="00C34776" w:rsidP="00C34776">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00435B54">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Положение о районном конкурсе ИЗО и ДПИ среди педагогов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435B54">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Моё вдохновение»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1674" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EE2F829" w14:textId="05EFD64B" w:rsidR="005E2879" w:rsidRPr="00435B54" w:rsidRDefault="005E2879" w:rsidP="005E2879">
+            <w:pPr>
+              <w:ind w:left="0" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00435B54">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ЦДЮТТ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1726" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="24571577" w14:textId="77777777" w:rsidR="005E2879" w:rsidRPr="00435B54" w:rsidRDefault="005E2879" w:rsidP="005E2879">
+            <w:pPr>
+              <w:ind w:left="0" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5867" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BDF352C" w14:textId="164F54ED" w:rsidR="005E2879" w:rsidRPr="00435B54" w:rsidRDefault="005E2879" w:rsidP="005E2879">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textDirection w:val="lrTb"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...78 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t>https://cloud.mail.ru/</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r w:rsidRPr="00435B54">
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com _</w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidRPr="00435B54">
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:t>content&amp;task</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r w:rsidRPr="00435B54">
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:t>=</w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidRPr="00435B54">
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:t>blogcategory&amp;id</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r w:rsidRPr="00435B54">
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:t>=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C34776" w:rsidRPr="00F37563" w14:paraId="1D513E16" w14:textId="77777777" w:rsidTr="00C34776">
-[...5 lines deleted...]
-          <w:p w14:paraId="1F5B461F" w14:textId="7E463580" w:rsidR="00C34776" w:rsidRPr="00C01E47" w:rsidRDefault="00C34776" w:rsidP="00C34776">
+      <w:tr w:rsidR="005E2879" w:rsidRPr="001E10E2" w14:paraId="0CDC7114" w14:textId="77777777" w:rsidTr="002765A6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14803" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E9C4A55" w14:textId="5E86A7EA" w:rsidR="005E2879" w:rsidRPr="001E10E2" w:rsidRDefault="005E2879" w:rsidP="005E2879">
+            <w:pPr>
+              <w:ind w:leftChars="0" w:left="0" w:firstLineChars="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Апрель</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001E10E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005E2879" w:rsidRPr="00F37563" w14:paraId="6A09C0EF" w14:textId="77777777" w:rsidTr="005E2879">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5536" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DBE0428" w14:textId="77777777" w:rsidR="005E2879" w:rsidRPr="00C01E47" w:rsidRDefault="005E2879" w:rsidP="005E2879">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textDirection w:val="lrTb"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00C01E47">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>Районный конкурс среди педагогов ОУ Кировского района Санкт-Петербурга «Лучшее внеклассное мероприятие в начальной школе»</w:t>
-[...67 lines deleted...]
-          <w:p w14:paraId="32857A03" w14:textId="00C07E2B" w:rsidR="00C34776" w:rsidRPr="00435B54" w:rsidRDefault="00C34776" w:rsidP="00C34776">
+              <w:t>Районный этап городского конкурса педагогических работ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5389A2F5" w14:textId="5DB2568F" w:rsidR="005E2879" w:rsidRPr="00C01E47" w:rsidRDefault="005E2879" w:rsidP="005E2879">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00435B54">
-[...55 lines deleted...]
-          <w:p w14:paraId="6FC2E67E" w14:textId="7C79B67A" w:rsidR="00C34776" w:rsidRPr="00435B54" w:rsidRDefault="00C34776" w:rsidP="00C34776">
+            <w:r w:rsidRPr="00C01E47">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>«Добрые уроки»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1674" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="623D7C39" w14:textId="1DAF9899" w:rsidR="005E2879" w:rsidRPr="00C01E47" w:rsidRDefault="005E2879" w:rsidP="005E2879">
+            <w:pPr>
+              <w:ind w:left="0" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01E47">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ИМЦ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1726" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BD39422" w14:textId="77777777" w:rsidR="005E2879" w:rsidRPr="00C01E47" w:rsidRDefault="005E2879" w:rsidP="005E2879">
+            <w:pPr>
+              <w:ind w:left="0" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5867" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EE6DF1A" w14:textId="747DE797" w:rsidR="005E2879" w:rsidRPr="00C01E47" w:rsidRDefault="005E2879" w:rsidP="005E2879">
+            <w:pPr>
+              <w:ind w:left="0" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r w:rsidRPr="00C01E47">
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                </w:rPr>
+                <w:t>https://cloud.mail.ru/</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005E2879" w:rsidRPr="00F37563" w14:paraId="1D513E16" w14:textId="77777777" w:rsidTr="005E2879">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5536" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F5B461F" w14:textId="7E463580" w:rsidR="005E2879" w:rsidRPr="00C01E47" w:rsidRDefault="005E2879" w:rsidP="005E2879">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textDirection w:val="lrTb"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...46 lines deleted...]
-                <w:t>=18&amp;Itemid=37</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Районный конкурс среди педагогов ОУ Кировского района Санкт-Петербурга «Лучшее внеклассное мероприятие в начальной школе»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1674" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B9DE1A4" w14:textId="667F7073" w:rsidR="005E2879" w:rsidRPr="00C01E47" w:rsidRDefault="005E2879" w:rsidP="005E2879">
+            <w:pPr>
+              <w:ind w:left="0" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ИМЦ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1726" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="42E603E7" w14:textId="77777777" w:rsidR="005E2879" w:rsidRPr="00C01E47" w:rsidRDefault="005E2879" w:rsidP="005E2879">
+            <w:pPr>
+              <w:ind w:left="0" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5867" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D309F05" w14:textId="4209E862" w:rsidR="005E2879" w:rsidRDefault="005E2879" w:rsidP="005E2879">
+            <w:pPr>
+              <w:ind w:left="0" w:hanging="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r w:rsidRPr="00C01E47">
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                </w:rPr>
+                <w:t>https://cloud.mail.ru/</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C34776" w:rsidRPr="004A38FF" w14:paraId="51426A14" w14:textId="77777777" w:rsidTr="00C34776">
-[...5 lines deleted...]
-          <w:p w14:paraId="2E9E07D9" w14:textId="39E0A58A" w:rsidR="00C34776" w:rsidRPr="00435B54" w:rsidRDefault="00C34776" w:rsidP="00C34776">
+      <w:tr w:rsidR="005E2879" w:rsidRPr="00D5290B" w14:paraId="23114FFC" w14:textId="77777777" w:rsidTr="005E2879">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5536" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32857A03" w14:textId="00C07E2B" w:rsidR="005E2879" w:rsidRPr="00435B54" w:rsidRDefault="005E2879" w:rsidP="005E2879">
+            <w:pPr>
+              <w:pBdr>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:left="0" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00435B54">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Положение о районном конкурсе ИЗО и ДПИ среди педагогов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435B54">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Моё вдохновение»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1674" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="45A6A287" w14:textId="73B4F715" w:rsidR="005E2879" w:rsidRPr="00435B54" w:rsidRDefault="005E2879" w:rsidP="005E2879">
+            <w:pPr>
+              <w:ind w:left="0" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00435B54">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ЦДЮТТ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1726" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="24B5DBED" w14:textId="77777777" w:rsidR="005E2879" w:rsidRPr="00435B54" w:rsidRDefault="005E2879" w:rsidP="005E2879">
+            <w:pPr>
+              <w:ind w:left="0" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5867" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FC2E67E" w14:textId="7C79B67A" w:rsidR="005E2879" w:rsidRPr="00435B54" w:rsidRDefault="005E2879" w:rsidP="005E2879">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textDirection w:val="lrTb"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...58 lines deleted...]
-          <w:p w14:paraId="5B07B1F2" w14:textId="113A5541" w:rsidR="00C34776" w:rsidRPr="00435B54" w:rsidRDefault="00C34776" w:rsidP="00C34776">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r w:rsidRPr="00435B54">
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com _</w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidRPr="00435B54">
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:t>content&amp;task</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r w:rsidRPr="00435B54">
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:t>=</w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidRPr="00435B54">
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:t>blogcategory&amp;id</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r w:rsidRPr="00435B54">
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:t>=18&amp;Itemid=37</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005E2879" w:rsidRPr="00D5290B" w14:paraId="51426A14" w14:textId="77777777" w:rsidTr="005E2879">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5536" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E9E07D9" w14:textId="39E0A58A" w:rsidR="005E2879" w:rsidRPr="00435B54" w:rsidRDefault="005E2879" w:rsidP="005E2879">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textDirection w:val="lrTb"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
-[...104 lines deleted...]
-          <w:p w14:paraId="4AFE08AD" w14:textId="77777777" w:rsidR="00C34776" w:rsidRPr="00C01E47" w:rsidRDefault="00C34776" w:rsidP="00C34776">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00435B54">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Конкурс среди педагогов образовательных учреждений Кировского района</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435B54">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Методическая разработка мероприятия по профориентации»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1674" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F9FE911" w14:textId="28254BFB" w:rsidR="005E2879" w:rsidRPr="00435B54" w:rsidRDefault="005E2879" w:rsidP="005E2879">
+            <w:pPr>
+              <w:ind w:left="0" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00435B54">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ЦДЮТТ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1726" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="34BD3E31" w14:textId="77777777" w:rsidR="005E2879" w:rsidRPr="00435B54" w:rsidRDefault="005E2879" w:rsidP="005E2879">
+            <w:pPr>
+              <w:ind w:left="0" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5867" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B07B1F2" w14:textId="113A5541" w:rsidR="005E2879" w:rsidRPr="00435B54" w:rsidRDefault="005E2879" w:rsidP="005E2879">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textDirection w:val="lrTb"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...76 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t>https://cloud.mail.ru/</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r w:rsidRPr="00435B54">
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:t xml:space="preserve">https://www.kirov.spb.ru/sc/cdutt/index.php?option= </w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidRPr="00435B54">
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:t>com_content&amp;task</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r w:rsidRPr="00435B54">
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:t>=</w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidRPr="00435B54">
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:t>blogcategory&amp;id</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r w:rsidRPr="00435B54">
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:t>=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C34776" w:rsidRPr="001E10E2" w14:paraId="1886C2A2" w14:textId="77777777" w:rsidTr="002765A6">
+      <w:tr w:rsidR="005E2879" w:rsidRPr="001E10E2" w14:paraId="57577DD3" w14:textId="77777777" w:rsidTr="002765A6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14803" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="74EF39BB" w14:textId="5D2A1C5C" w:rsidR="00C34776" w:rsidRPr="001E10E2" w:rsidRDefault="00C34776" w:rsidP="00C34776">
+          <w:p w14:paraId="6EE4B743" w14:textId="1ACE672A" w:rsidR="005E2879" w:rsidRPr="001E10E2" w:rsidRDefault="005E2879" w:rsidP="005E2879">
             <w:pPr>
               <w:ind w:leftChars="0" w:left="0" w:firstLineChars="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Июнь</w:t>
+              <w:t xml:space="preserve">Май </w:t>
             </w:r>
             <w:r w:rsidRPr="001E10E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 202</w:t>
+              <w:t>202</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C34776" w:rsidRPr="00F37563" w14:paraId="38B599E3" w14:textId="77777777" w:rsidTr="00C34776">
-[...5 lines deleted...]
-          <w:p w14:paraId="10E551D9" w14:textId="62ED3D6D" w:rsidR="00C34776" w:rsidRPr="00C01E47" w:rsidRDefault="00C34776" w:rsidP="00C34776">
+      <w:tr w:rsidR="005E2879" w:rsidRPr="00F37563" w14:paraId="2A4B36AE" w14:textId="77777777" w:rsidTr="005E2879">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5536" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AFE08AD" w14:textId="77777777" w:rsidR="005E2879" w:rsidRPr="00C01E47" w:rsidRDefault="005E2879" w:rsidP="005E2879">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textDirection w:val="lrTb"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01E47">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Районный этап городского конкурса педагогических работ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76169E66" w14:textId="0E9FA7B9" w:rsidR="005E2879" w:rsidRPr="00C01E47" w:rsidRDefault="005E2879" w:rsidP="005E2879">
+            <w:pPr>
+              <w:pBdr>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:left="0" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01E47">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>«Добрые уроки»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1674" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CC795B4" w14:textId="1DF213A4" w:rsidR="005E2879" w:rsidRPr="00C01E47" w:rsidRDefault="005E2879" w:rsidP="005E2879">
+            <w:pPr>
+              <w:ind w:left="0" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01E47">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ИМЦ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1726" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FC714E5" w14:textId="77777777" w:rsidR="005E2879" w:rsidRPr="00C01E47" w:rsidRDefault="005E2879" w:rsidP="005E2879">
+            <w:pPr>
+              <w:ind w:left="0" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5867" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="437994B8" w14:textId="6AE82D3A" w:rsidR="005E2879" w:rsidRPr="00C01E47" w:rsidRDefault="005E2879" w:rsidP="005E2879">
+            <w:pPr>
+              <w:ind w:left="0" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r w:rsidRPr="00C01E47">
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                </w:rPr>
+                <w:t>https://cloud.mail.ru/</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005E2879" w:rsidRPr="001E10E2" w14:paraId="1886C2A2" w14:textId="77777777" w:rsidTr="002765A6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14803" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="74EF39BB" w14:textId="5D2A1C5C" w:rsidR="005E2879" w:rsidRPr="001E10E2" w:rsidRDefault="005E2879" w:rsidP="005E2879">
+            <w:pPr>
+              <w:ind w:leftChars="0" w:left="0" w:firstLineChars="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Июнь</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001E10E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005E2879" w:rsidRPr="00F37563" w14:paraId="38B599E3" w14:textId="77777777" w:rsidTr="005E2879">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5536" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="10E551D9" w14:textId="62ED3D6D" w:rsidR="005E2879" w:rsidRPr="00C01E47" w:rsidRDefault="005E2879" w:rsidP="005E2879">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:textDirection w:val="lrTb"/>
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C01E47">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Районный конкурс для молодых педагогов </w:t>
             </w:r>
             <w:r w:rsidRPr="00C01E47">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00C01E47">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>ПрофОРИЕНТИРы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00C01E47">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1675" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4881A3BC" w14:textId="6052C8C6" w:rsidR="00C34776" w:rsidRPr="00C01E47" w:rsidRDefault="00C34776" w:rsidP="00C34776">
+            <w:tcW w:w="1674" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4881A3BC" w14:textId="6052C8C6" w:rsidR="005E2879" w:rsidRPr="00C01E47" w:rsidRDefault="005E2879" w:rsidP="005E2879">
             <w:pPr>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C01E47">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>ИМЦ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1729" w:type="dxa"/>
-[...17 lines deleted...]
-          <w:p w14:paraId="4FD4FB32" w14:textId="529CBB55" w:rsidR="00C34776" w:rsidRPr="00C01E47" w:rsidRDefault="00C34776" w:rsidP="00C34776">
+            <w:tcW w:w="1726" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="30733C17" w14:textId="77777777" w:rsidR="005E2879" w:rsidRPr="00C01E47" w:rsidRDefault="005E2879" w:rsidP="005E2879">
+            <w:pPr>
+              <w:ind w:left="0" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5867" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FD4FB32" w14:textId="529CBB55" w:rsidR="005E2879" w:rsidRPr="00C01E47" w:rsidRDefault="005E2879" w:rsidP="005E2879">
             <w:pPr>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r w:rsidRPr="00C01E47">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>https://cloud.mail.ru/</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3C72667B" w14:textId="77777777" w:rsidR="00297E99" w:rsidRPr="00EF3C55" w:rsidRDefault="00297E99" w:rsidP="00081075">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:leftChars="256" w:left="563" w:firstLineChars="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -4688,76 +5189,77 @@
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="449666042">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EF3C55"/>
     <w:rsid w:val="000138D3"/>
     <w:rsid w:val="00015CDB"/>
     <w:rsid w:val="00016270"/>
     <w:rsid w:val="00023100"/>
     <w:rsid w:val="00046C7D"/>
     <w:rsid w:val="00050B82"/>
     <w:rsid w:val="000530D6"/>
     <w:rsid w:val="0006085F"/>
     <w:rsid w:val="000643DC"/>
     <w:rsid w:val="00081075"/>
     <w:rsid w:val="00084823"/>
     <w:rsid w:val="00084928"/>
     <w:rsid w:val="00090F0D"/>
     <w:rsid w:val="000A00ED"/>
+    <w:rsid w:val="000B13F7"/>
     <w:rsid w:val="000C691D"/>
     <w:rsid w:val="000D4A91"/>
     <w:rsid w:val="000D7DFE"/>
     <w:rsid w:val="000E645F"/>
     <w:rsid w:val="000F7AF8"/>
     <w:rsid w:val="001112EE"/>
     <w:rsid w:val="0011370B"/>
     <w:rsid w:val="0011603E"/>
     <w:rsid w:val="00144505"/>
     <w:rsid w:val="001531E1"/>
     <w:rsid w:val="001569FC"/>
     <w:rsid w:val="00175BF6"/>
     <w:rsid w:val="00177455"/>
     <w:rsid w:val="0017776D"/>
     <w:rsid w:val="00182447"/>
     <w:rsid w:val="00193A45"/>
     <w:rsid w:val="001A501F"/>
     <w:rsid w:val="001B080F"/>
     <w:rsid w:val="001B424D"/>
     <w:rsid w:val="001B7CEC"/>
     <w:rsid w:val="001C02DD"/>
     <w:rsid w:val="001D0B3D"/>
     <w:rsid w:val="001E7224"/>
     <w:rsid w:val="001F0BB5"/>
     <w:rsid w:val="002047B8"/>
@@ -4789,97 +5291,101 @@
     <w:rsid w:val="00357FC6"/>
     <w:rsid w:val="003633D1"/>
     <w:rsid w:val="00376508"/>
     <w:rsid w:val="0037663F"/>
     <w:rsid w:val="00387FE8"/>
     <w:rsid w:val="00391168"/>
     <w:rsid w:val="003A6DCB"/>
     <w:rsid w:val="003B5560"/>
     <w:rsid w:val="003C6386"/>
     <w:rsid w:val="003E18ED"/>
     <w:rsid w:val="003E2E08"/>
     <w:rsid w:val="003F3DD2"/>
     <w:rsid w:val="00400A14"/>
     <w:rsid w:val="00410389"/>
     <w:rsid w:val="00412673"/>
     <w:rsid w:val="00413B21"/>
     <w:rsid w:val="00434594"/>
     <w:rsid w:val="00434F0A"/>
     <w:rsid w:val="00435B54"/>
     <w:rsid w:val="00436B1F"/>
     <w:rsid w:val="004438FE"/>
     <w:rsid w:val="00452895"/>
     <w:rsid w:val="0047650C"/>
     <w:rsid w:val="004778BB"/>
     <w:rsid w:val="00477E5B"/>
+    <w:rsid w:val="00482AFE"/>
     <w:rsid w:val="004A38FF"/>
     <w:rsid w:val="004B3016"/>
     <w:rsid w:val="004C0A29"/>
     <w:rsid w:val="004C7998"/>
     <w:rsid w:val="004D1080"/>
     <w:rsid w:val="004D25E8"/>
     <w:rsid w:val="004E3CBE"/>
     <w:rsid w:val="004E4394"/>
     <w:rsid w:val="00521CAC"/>
     <w:rsid w:val="005315C7"/>
     <w:rsid w:val="00541C11"/>
     <w:rsid w:val="00563C0A"/>
     <w:rsid w:val="005745E4"/>
     <w:rsid w:val="00593D4E"/>
     <w:rsid w:val="005B7F05"/>
     <w:rsid w:val="005C4449"/>
     <w:rsid w:val="005E1BF7"/>
+    <w:rsid w:val="005E2879"/>
     <w:rsid w:val="005E477A"/>
     <w:rsid w:val="005E64F3"/>
     <w:rsid w:val="006102F4"/>
     <w:rsid w:val="00613A27"/>
     <w:rsid w:val="00616CFB"/>
     <w:rsid w:val="00624885"/>
     <w:rsid w:val="00624A00"/>
     <w:rsid w:val="00630BCE"/>
     <w:rsid w:val="00633F3D"/>
     <w:rsid w:val="006355B7"/>
     <w:rsid w:val="00636FB6"/>
     <w:rsid w:val="00646C6A"/>
     <w:rsid w:val="00652821"/>
     <w:rsid w:val="00657FBD"/>
     <w:rsid w:val="00673DC9"/>
     <w:rsid w:val="006851C0"/>
     <w:rsid w:val="00685BF6"/>
     <w:rsid w:val="006937B6"/>
     <w:rsid w:val="006B5FA0"/>
     <w:rsid w:val="006B6864"/>
     <w:rsid w:val="006C368D"/>
     <w:rsid w:val="006C5ED5"/>
     <w:rsid w:val="006D2A67"/>
     <w:rsid w:val="006E3961"/>
     <w:rsid w:val="006F4B7A"/>
+    <w:rsid w:val="00702344"/>
     <w:rsid w:val="0071157F"/>
     <w:rsid w:val="00715504"/>
     <w:rsid w:val="00722869"/>
     <w:rsid w:val="007250EB"/>
     <w:rsid w:val="00733AE7"/>
+    <w:rsid w:val="00741F49"/>
     <w:rsid w:val="00755BDB"/>
     <w:rsid w:val="007570FF"/>
     <w:rsid w:val="0076193F"/>
     <w:rsid w:val="00764B43"/>
     <w:rsid w:val="007679F4"/>
     <w:rsid w:val="00774AC7"/>
     <w:rsid w:val="00775A47"/>
     <w:rsid w:val="007835EE"/>
     <w:rsid w:val="00785495"/>
     <w:rsid w:val="0078600A"/>
     <w:rsid w:val="00786F13"/>
     <w:rsid w:val="00793353"/>
     <w:rsid w:val="007B1BC6"/>
     <w:rsid w:val="007B2445"/>
     <w:rsid w:val="007C5D70"/>
     <w:rsid w:val="007D1A8A"/>
     <w:rsid w:val="007D2DD1"/>
     <w:rsid w:val="007D4EE7"/>
     <w:rsid w:val="007E3D79"/>
     <w:rsid w:val="00803612"/>
     <w:rsid w:val="00803D16"/>
     <w:rsid w:val="008078B2"/>
     <w:rsid w:val="008168E5"/>
     <w:rsid w:val="008254C0"/>
     <w:rsid w:val="00825A6D"/>
@@ -4963,50 +5469,51 @@
     <w:rsid w:val="00C07117"/>
     <w:rsid w:val="00C26C4F"/>
     <w:rsid w:val="00C34776"/>
     <w:rsid w:val="00C40C11"/>
     <w:rsid w:val="00C42747"/>
     <w:rsid w:val="00C546ED"/>
     <w:rsid w:val="00C63482"/>
     <w:rsid w:val="00C76030"/>
     <w:rsid w:val="00C90FA3"/>
     <w:rsid w:val="00CA12D7"/>
     <w:rsid w:val="00CA77D0"/>
     <w:rsid w:val="00CA7D4F"/>
     <w:rsid w:val="00CD1846"/>
     <w:rsid w:val="00CD57E6"/>
     <w:rsid w:val="00CF3D65"/>
     <w:rsid w:val="00CF4940"/>
     <w:rsid w:val="00D00FB0"/>
     <w:rsid w:val="00D04033"/>
     <w:rsid w:val="00D05CED"/>
     <w:rsid w:val="00D11111"/>
     <w:rsid w:val="00D206A5"/>
     <w:rsid w:val="00D22FA2"/>
     <w:rsid w:val="00D2466E"/>
     <w:rsid w:val="00D320AF"/>
     <w:rsid w:val="00D4020D"/>
+    <w:rsid w:val="00D5290B"/>
     <w:rsid w:val="00D718C0"/>
     <w:rsid w:val="00D8067E"/>
     <w:rsid w:val="00D82A00"/>
     <w:rsid w:val="00D83656"/>
     <w:rsid w:val="00D9187A"/>
     <w:rsid w:val="00D9351E"/>
     <w:rsid w:val="00DD07F4"/>
     <w:rsid w:val="00DD0DC8"/>
     <w:rsid w:val="00DE1934"/>
     <w:rsid w:val="00DF6D74"/>
     <w:rsid w:val="00E00FE5"/>
     <w:rsid w:val="00E01C3C"/>
     <w:rsid w:val="00E05BDE"/>
     <w:rsid w:val="00E07F0A"/>
     <w:rsid w:val="00E22CEA"/>
     <w:rsid w:val="00E23233"/>
     <w:rsid w:val="00E41707"/>
     <w:rsid w:val="00E433EB"/>
     <w:rsid w:val="00E645F3"/>
     <w:rsid w:val="00E749FA"/>
     <w:rsid w:val="00E753C6"/>
     <w:rsid w:val="00E87B25"/>
     <w:rsid w:val="00EB7BB2"/>
     <w:rsid w:val="00ED468C"/>
     <w:rsid w:val="00ED4734"/>
@@ -5635,51 +6142,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2084138371">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clck.ru/3Mm8vt" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com%20_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/r-seven/edit/home/%D0%9A%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%8B%20%D0%B4%D0%BB%D1%8F%20%D0%BF%D0%B5%D0%B4%D0%B0%D0%B3%D0%BE%D0%B3%D0%BE%D0%B2%202025-2026/%D0%94%D0%9E%D0%A3.%20%D0%A1%D0%B5%D0%BC%D1%8C%D1%8F%20%D0%B8%20%D0%B4%D0%BE%D1%83.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com%20_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/r-seven/edit/home/%D0%9A%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%8B%20%D0%B4%D0%BB%D1%8F%20%D0%BF%D0%B5%D0%B4%D0%B0%D0%B3%D0%BE%D0%B3%D0%BE%D0%B2%202025-2026/%D0%9B%D1%83%D1%87%D1%88%D0%B5%D0%B5%20%D0%B2%D0%BD%D0%B5%D0%BA%D0%BB%D0%B0%D1%81%D1%81%D0%BD%D0%BE%D0%B5%20%D0%BC%D0%B5%D1%80%D0%BE%D0%BF%D1%80%D0%B8%D1%8F%D1%82%D0%B8%D0%B5%20%D0%B2%20%D0%BD%D0%B0%D1%87%D0%B0%D0%BB%D1%8C%D0%BD%D0%BE%D0%B9%20%D1%88%D0%BA%D0%BE%D0%BB%D0%B5%202025-2026%20%D1%83%D1%87.%D0%B3..docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/r-seven/edit/home/%D0%9A%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%8B%20%D0%B4%D0%BB%D1%8F%20%D0%BF%D0%B5%D0%B4%D0%B0%D0%B3%D0%BE%D0%B3%D0%BE%D0%B2%202025-2026/%D0%9B%D1%83%D1%87%D1%88%D0%B8%D0%B5%20%D0%BF%D0%B5%D0%B4%D0%B0%D0%B3%D0%BE%D0%B3%D0%B8%D1%87%D0%B5%D1%81%D0%BA%D0%B8%D0%B5%20%D0%BF%D1%80%D0%B0%D0%BA%D1%82%D0%B8%D0%BA%D0%B8%202025-2026.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clck.ru/3Mm8aZ" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clck.ru/3Mm5Y6" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?%20option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/r-seven/edit/home/%D0%9A%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%8B%20%D0%B4%D0%BB%D1%8F%20%D0%BF%D0%B5%D0%B4%D0%B0%D0%B3%D0%BE%D0%B3%D0%BE%D0%B2%202025-2026/%D0%94%D0%BE%D0%B1%D1%80%D1%8B%D0%B5%20%D1%83%D1%80%D0%BE%D0%BA%D0%B8.%20%D0%9F%D0%BE%D0%BB%D0%BE%D0%B6%D0%B5%D0%BD%D0%B8%D0%B5%20%28%D0%BF%D0%B5%D0%B4%D0%B0%D0%B3%D0%BE%D0%B3%D0%B8%29%202025-2026.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/r-seven/edit/home/%D0%9A%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%8B%20%D0%B4%D0%BB%D1%8F%20%D0%BF%D0%B5%D0%B4%D0%B0%D0%B3%D0%BE%D0%B3%D0%BE%D0%B2%202025-2026/%D0%9F%D0%BE%D0%BB%D0%BE%D0%B6%D0%B5%D0%BD%D0%B8%D0%B5_%D0%9F%D1%80%D0%BE%D1%84%D0%9E%D0%A0%D0%98%D0%95%D0%9D%D0%A2%D0%98%D0%A0%D1%8B_%D1%80%D0%B0%D0%B9%D0%BE%D0%BD%D0%BD%D1%8B%D0%B9%20%D0%BA%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81_%D0%B8%D1%82%D0%BE%D0%B3%20%281%29.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/r-seven/edit/home/%D0%9A%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%8B%20%D0%B4%D0%BB%D1%8F%20%D0%BF%D0%B5%D0%B4%D0%B0%D0%B3%D0%BE%D0%B3%D0%BE%D0%B2%202025-2026/%D0%9B%D1%83%D1%87%D1%88%D0%B8%D0%B5%20%D0%BF%D0%B5%D0%B4%D0%B0%D0%B3%D0%BE%D0%B3%D0%B8%D1%87%D0%B5%D1%81%D0%BA%D0%B8%D0%B5%20%D0%BF%D1%80%D0%B0%D0%BA%D1%82%D0%B8%D0%BA%D0%B8%202025-2026.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/r-seven/edit/home/%D0%9A%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%8B%20%D0%B4%D0%BB%D1%8F%20%D0%BF%D0%B5%D0%B4%D0%B0%D0%B3%D0%BE%D0%B3%D0%BE%D0%B2%202025-2026/%D0%94%D0%B5%D1%82%D1%81%D0%BA%D0%B8%D0%B9%20%D1%81%D0%B0%D0%B4-%D1%82%D0%B5%D1%80%D1%80%D0%B8%D1%82%D0%BE%D1%80%D0%B8%D1%8F%20%D0%B4%D0%B5%D1%82%D1%81%D1%82%D0%B2%D0%B0%202025-2026.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?%20option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/r-seven/edit/home/%D0%9A%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%8B%20%D0%B4%D0%BB%D1%8F%20%D0%BF%D0%B5%D0%B4%D0%B0%D0%B3%D0%BE%D0%B3%D0%BE%D0%B2%202025-2026/%2B%D0%9F%D0%BE%D0%BB%D0%BE%D0%B6%D0%B5%D0%BD%D0%B8%D1%8F%20%D0%BF%D0%BE%20%D0%9A%D0%9F%D0%94%20%D0%BD%D0%B0%202025-2026%20%281%29.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/r-seven/edit/home/%D0%9A%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%8B%20%D0%B4%D0%BB%D1%8F%20%D0%BF%D0%B5%D0%B4%D0%B0%D0%B3%D0%BE%D0%B3%D0%BE%D0%B2%202025-2026/%D0%9B%D1%83%D1%87%D1%88%D0%B8%D0%B5%20%D0%BF%D0%B5%D0%B4%D0%B0%D0%B3%D0%BE%D0%B3%D0%B8%D1%87%D0%B5%D1%81%D0%BA%D0%B8%D0%B5%20%D0%BF%D1%80%D0%B0%D0%BA%D1%82%D0%B8%D0%BA%D0%B8%202025-2026.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_%20content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com%20_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/r-seven/edit/home/%D0%9A%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%8B%20%D0%B4%D0%BB%D1%8F%20%D0%BF%D0%B5%D0%B4%D0%B0%D0%B3%D0%BE%D0%B3%D0%BE%D0%B2%202025-2026/%D0%94%D0%BE%D0%B1%D1%80%D1%8B%D0%B5%20%D1%83%D1%80%D0%BE%D0%BA%D0%B8.%20%D0%9F%D0%BE%D0%BB%D0%BE%D0%B6%D0%B5%D0%BD%D0%B8%D0%B5%20%28%D0%BF%D0%B5%D0%B4%D0%B0%D0%B3%D0%BE%D0%B3%D0%B8%29%202025-2026.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/public/7W1T/W57meewTe" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/r-seven/edit/home/%D0%9A%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%8B%20%D0%B4%D0%BB%D1%8F%20%D0%BF%D0%B5%D0%B4%D0%B0%D0%B3%D0%BE%D0%B3%D0%BE%D0%B2%202025-2026/%D0%94%D0%B5%D1%82%D1%81%D0%BA%D0%B8%D0%B9%20%D1%81%D0%B0%D0%B4-%D1%82%D0%B5%D1%80%D1%80%D0%B8%D1%82%D0%BE%D1%80%D0%B8%D1%8F%20%D0%B4%D0%B5%D1%82%D1%81%D1%82%D0%B2%D0%B0%202025-2026.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clck.ru/3Mm98F" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_%20content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=%20com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/r-seven/edit/home/%D0%9A%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%8B%20%D0%B4%D0%BB%D1%8F%20%D0%BF%D0%B5%D0%B4%D0%B0%D0%B3%D0%BE%D0%B3%D0%BE%D0%B2%202025-2026/%D0%97%D0%B0%20%D0%BD%D1%80%D0%B0%D0%B2%D1%81%D1%82%D0%B2%D0%B5%D0%BD%D0%BD%D1%8B%D0%B9%20%D0%BF%D0%BE%D0%B4%D0%B2%D0%B8%D0%B3%20%D1%83%D1%87%D0%B8%D1%82%D0%B5%D0%BB%D1%8F%202025-2026.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/r-seven/edit/home/%D0%9A%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%8B%20%D0%B4%D0%BB%D1%8F%20%D0%BF%D0%B5%D0%B4%D0%B0%D0%B3%D0%BE%D0%B3%D0%BE%D0%B2%202025-2026/%D0%97%D0%B0%20%D0%BD%D1%80%D0%B0%D0%B2%D1%81%D1%82%D0%B2%D0%B5%D0%BD%D0%BD%D1%8B%D0%B9%20%D0%BF%D0%BE%D0%B4%D0%B2%D0%B8%D0%B3%20%D1%83%D1%87%D0%B8%D1%82%D0%B5%D0%BB%D1%8F%202025-2026.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/r-seven/edit/home/%D0%9A%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%8B%20%D0%B4%D0%BB%D1%8F%20%D0%BF%D0%B5%D0%B4%D0%B0%D0%B3%D0%BE%D0%B3%D0%BE%D0%B2%202025-2026/%D0%9B%D1%83%D1%87%D1%88%D0%B5%D0%B5%20%D0%B2%D0%BD%D0%B5%D0%BA%D0%BB%D0%B0%D1%81%D1%81%D0%BD%D0%BE%D0%B5%20%D0%BC%D0%B5%D1%80%D0%BE%D0%BF%D1%80%D0%B8%D1%8F%D1%82%D0%B8%D0%B5%20%D0%B2%20%D0%BD%D0%B0%D1%87%D0%B0%D0%BB%D1%8C%D0%BD%D0%BE%D0%B9%20%D1%88%D0%BA%D0%BE%D0%BB%D0%B5%202025-2026%20%D1%83%D1%87.%D0%B3..docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clck.ru/3Mkfs6" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/r-seven/edit/home/%D0%9A%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%8B%20%D0%B4%D0%BB%D1%8F%20%D0%BF%D0%B5%D0%B4%D0%B0%D0%B3%D0%BE%D0%B3%D0%BE%D0%B2%202025-2026/%D0%97%D0%B0%20%D0%BD%D1%80%D0%B0%D0%B2%D1%81%D1%82%D0%B2%D0%B5%D0%BD%D0%BD%D1%8B%D0%B9%20%D0%BF%D0%BE%D0%B4%D0%B2%D0%B8%D0%B3%20%D1%83%D1%87%D0%B8%D1%82%D0%B5%D0%BB%D1%8F%202025-2026.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clck.ru/3Mm98F" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/r-seven/edit/home/%D0%9A%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%8B%20%D0%B4%D0%BB%D1%8F%20%D0%BF%D0%B5%D0%B4%D0%B0%D0%B3%D0%BE%D0%B3%D0%BE%D0%B2%202025-2026/%D0%9B%D1%83%D1%87%D1%88%D0%B5%D0%B5%20%D0%B2%D0%BD%D0%B5%D0%BA%D0%BB%D0%B0%D1%81%D1%81%D0%BD%D0%BE%D0%B5%20%D0%BC%D0%B5%D1%80%D0%BE%D0%BF%D1%80%D0%B8%D1%8F%D1%82%D0%B8%D0%B5%20%D0%B2%20%D0%BD%D0%B0%D1%87%D0%B0%D0%BB%D1%8C%D0%BD%D0%BE%D0%B9%20%D1%88%D0%BA%D0%BE%D0%BB%D0%B5%202025-2026%20%D1%83%D1%87.%D0%B3..docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/r-seven/edit/home/%D0%9A%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%8B%20%D0%B4%D0%BB%D1%8F%20%D0%BF%D0%B5%D0%B4%D0%B0%D0%B3%D0%BE%D0%B3%D0%BE%D0%B2%202025-2026/%D0%94%D0%BE%D0%B1%D1%80%D1%8B%D0%B5%20%D1%83%D1%80%D0%BE%D0%BA%D0%B8.%20%D0%9F%D0%BE%D0%BB%D0%BE%D0%B6%D0%B5%D0%BD%D0%B8%D0%B5%20%28%D0%BF%D0%B5%D0%B4%D0%B0%D0%B3%D0%BE%D0%B3%D0%B8%29%202025-2026.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com%20_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clck.ru/3Mkfs6" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clck.ru/3Mm8vt" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clck.ru/3Mm5Y6" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clck.ru/3Mm98F" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com%20_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imc.kirov.spb.ru/index.php/deyatelnost/meropriyatiya-ikt-napravlennosti/gorodskoj-konkurs-ya-poznayu-mir" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/r-seven/edit/home/%D0%9A%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%8B%20%D0%B4%D0%BB%D1%8F%20%D0%BF%D0%B5%D0%B4%D0%B0%D0%B3%D0%BE%D0%B3%D0%BE%D0%B2%202025-2026/%D0%94%D0%BE%D0%B1%D1%80%D1%8B%D0%B5%20%D1%83%D1%80%D0%BE%D0%BA%D0%B8.%20%D0%9F%D0%BE%D0%BB%D0%BE%D0%B6%D0%B5%D0%BD%D0%B8%D0%B5%20%28%D0%BF%D0%B5%D0%B4%D0%B0%D0%B3%D0%BE%D0%B3%D0%B8%29%202025-2026.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/r-seven/edit/home/%D0%9A%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%8B%20%D0%B4%D0%BB%D1%8F%20%D0%BF%D0%B5%D0%B4%D0%B0%D0%B3%D0%BE%D0%B3%D0%BE%D0%B2%202025-2026/%D0%9F%D0%BE%D0%BB%D0%BE%D0%B6%D0%B5%D0%BD%D0%B8%D0%B5_%D0%9F%D1%80%D0%BE%D1%84%D0%9E%D0%A0%D0%98%D0%95%D0%9D%D0%A2%D0%98%D0%A0%D1%8B_%D1%80%D0%B0%D0%B9%D0%BE%D0%BD%D0%BD%D1%8B%D0%B9%20%D0%BA%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81_%D0%B8%D1%82%D0%BE%D0%B3%20%281%29.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/r-seven/edit/home/%D0%9A%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%8B%20%D0%B4%D0%BB%D1%8F%20%D0%BF%D0%B5%D0%B4%D0%B0%D0%B3%D0%BE%D0%B3%D0%BE%D0%B2%202025-2026/%D0%9B%D1%83%D1%87%D1%88%D0%B8%D0%B5%20%D0%BF%D0%B5%D0%B4%D0%B0%D0%B3%D0%BE%D0%B3%D0%B8%D1%87%D0%B5%D1%81%D0%BA%D0%B8%D0%B5%20%D0%BF%D1%80%D0%B0%D0%BA%D1%82%D0%B8%D0%BA%D0%B8%202025-2026.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/r-seven/edit/home/%D0%9A%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%8B%20%D0%B4%D0%BB%D1%8F%20%D0%BF%D0%B5%D0%B4%D0%B0%D0%B3%D0%BE%D0%B3%D0%BE%D0%B2%202025-2026/%D0%94%D0%B5%D1%82%D1%81%D0%BA%D0%B8%D0%B9%20%D1%81%D0%B0%D0%B4-%D1%82%D0%B5%D1%80%D1%80%D0%B8%D1%82%D0%BE%D1%80%D0%B8%D1%8F%20%D0%B4%D0%B5%D1%82%D1%81%D1%82%D0%B2%D0%B0%202025-2026.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/r-seven/edit/home/%D0%9A%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%8B%20%D0%B4%D0%BB%D1%8F%20%D0%BF%D0%B5%D0%B4%D0%B0%D0%B3%D0%BE%D0%B3%D0%BE%D0%B2%202025-2026/%D0%97%D0%B0%20%D0%BD%D1%80%D0%B0%D0%B2%D1%81%D1%82%D0%B2%D0%B5%D0%BD%D0%BD%D1%8B%D0%B9%20%D0%BF%D0%BE%D0%B4%D0%B2%D0%B8%D0%B3%20%D1%83%D1%87%D0%B8%D1%82%D0%B5%D0%BB%D1%8F%202025-2026.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/r-seven/edit/home/%D0%9A%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%8B%20%D0%B4%D0%BB%D1%8F%20%D0%BF%D0%B5%D0%B4%D0%B0%D0%B3%D0%BE%D0%B3%D0%BE%D0%B2%202025-2026/%D0%94%D0%9E%D0%A3.%20%D0%A1%D0%B5%D0%BC%D1%8C%D1%8F%20%D0%B8%20%D0%B4%D0%BE%D1%83.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/r-seven/edit/home/%D0%9A%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%8B%20%D0%B4%D0%BB%D1%8F%20%D0%BF%D0%B5%D0%B4%D0%B0%D0%B3%D0%BE%D0%B3%D0%BE%D0%B2%202025-2026/%D0%94%D0%BE%D0%B1%D1%80%D1%8B%D0%B5%20%D1%83%D1%80%D0%BE%D0%BA%D0%B8.%20%D0%9F%D0%BE%D0%BB%D0%BE%D0%B6%D0%B5%D0%BD%D0%B8%D0%B5%20%28%D0%BF%D0%B5%D0%B4%D0%B0%D0%B3%D0%BE%D0%B3%D0%B8%29%202025-2026.docx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/r-seven/edit/home/%D0%9A%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%8B%20%D0%B4%D0%BB%D1%8F%20%D0%BF%D0%B5%D0%B4%D0%B0%D0%B3%D0%BE%D0%B3%D0%BE%D0%B2%202025-2026/%2B%D0%9F%D0%BE%D0%BB%D0%BE%D0%B6%D0%B5%D0%BD%D0%B8%D1%8F%20%D0%BF%D0%BE%20%D0%9A%D0%9F%D0%94%20%D0%BD%D0%B0%202025-2026%20%281%29.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/r-seven/edit/home/%D0%9A%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%8B%20%D0%B4%D0%BB%D1%8F%20%D0%BF%D0%B5%D0%B4%D0%B0%D0%B3%D0%BE%D0%B3%D0%BE%D0%B2%202025-2026/%D0%9B%D1%83%D1%87%D1%88%D0%B8%D0%B5%20%D0%BF%D0%B5%D0%B4%D0%B0%D0%B3%D0%BE%D0%B3%D0%B8%D1%87%D0%B5%D1%81%D0%BA%D0%B8%D0%B5%20%D0%BF%D1%80%D0%B0%D0%BA%D1%82%D0%B8%D0%BA%D0%B8%202025-2026.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imc.kirov.spb.ru/index.php/deyatelnost/meropriyatiya-ikt-napravlennosti/gorodskoj-konkurs-ya-poznayu-mir" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_%20content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/r-seven/edit/home/%D0%9A%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%8B%20%D0%B4%D0%BB%D1%8F%20%D0%BF%D0%B5%D0%B4%D0%B0%D0%B3%D0%BE%D0%B3%D0%BE%D0%B2%202025-2026/%D0%94%D0%BE%D0%B1%D1%80%D1%8B%D0%B5%20%D1%83%D1%80%D0%BE%D0%BA%D0%B8.%20%D0%9F%D0%BE%D0%BB%D0%BE%D0%B6%D0%B5%D0%BD%D0%B8%D0%B5%20%28%D0%BF%D0%B5%D0%B4%D0%B0%D0%B3%D0%BE%D0%B3%D0%B8%29%202025-2026.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=%20com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/public/7W1T/W57meewTe" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imc.kirov.spb.ru/index.php/deyatelnost/meropriyatiya-ikt-napravlennosti/gorodskoj-konkurs-ya-poznayu-mir" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com%20_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?%20option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com%20_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/r-seven/edit/home/%D0%9A%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%8B%20%D0%B4%D0%BB%D1%8F%20%D0%BF%D0%B5%D0%B4%D0%B0%D0%B3%D0%BE%D0%B3%D0%BE%D0%B2%202025-2026/%D0%97%D0%B0%20%D0%BD%D1%80%D0%B0%D0%B2%D1%81%D1%82%D0%B2%D0%B5%D0%BD%D0%BD%D1%8B%D0%B9%20%D0%BF%D0%BE%D0%B4%D0%B2%D0%B8%D0%B3%20%D1%83%D1%87%D0%B8%D1%82%D0%B5%D0%BB%D1%8F%202025-2026.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com%20_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/r-seven/edit/home/%D0%9A%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%8B%20%D0%B4%D0%BB%D1%8F%20%D0%BF%D0%B5%D0%B4%D0%B0%D0%B3%D0%BE%D0%B3%D0%BE%D0%B2%202025-2026/%D0%9B%D1%83%D1%87%D1%88%D0%B5%D0%B5%20%D0%B2%D0%BD%D0%B5%D0%BA%D0%BB%D0%B0%D1%81%D1%81%D0%BD%D0%BE%D0%B5%20%D0%BC%D0%B5%D1%80%D0%BE%D0%BF%D1%80%D0%B8%D1%8F%D1%82%D0%B8%D0%B5%20%D0%B2%20%D0%BD%D0%B0%D1%87%D0%B0%D0%BB%D1%8C%D0%BD%D0%BE%D0%B9%20%D1%88%D0%BA%D0%BE%D0%BB%D0%B5%202025-2026%20%D1%83%D1%87.%D0%B3..docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clck.ru/3Mkfs6" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/r-seven/edit/home/%D0%9A%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%8B%20%D0%B4%D0%BB%D1%8F%20%D0%BF%D0%B5%D0%B4%D0%B0%D0%B3%D0%BE%D0%B3%D0%BE%D0%B2%202025-2026/%D0%97%D0%B0%20%D0%BD%D1%80%D0%B0%D0%B2%D1%81%D1%82%D0%B2%D0%B5%D0%BD%D0%BD%D1%8B%D0%B9%20%D0%BF%D0%BE%D0%B4%D0%B2%D0%B8%D0%B3%20%D1%83%D1%87%D0%B8%D1%82%D0%B5%D0%BB%D1%8F%202025-2026.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/r-seven/edit/home/%D0%9A%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%8B%20%D0%B4%D0%BB%D1%8F%20%D0%BF%D0%B5%D0%B4%D0%B0%D0%B3%D0%BE%D0%B3%D0%BE%D0%B2%202025-2026/%D0%94%D0%B5%D1%82%D1%81%D0%BA%D0%B8%D0%B9%20%D1%81%D0%B0%D0%B4-%D1%82%D0%B5%D1%80%D1%80%D0%B8%D1%82%D0%BE%D1%80%D0%B8%D1%8F%20%D0%B4%D0%B5%D1%82%D1%81%D1%82%D0%B2%D0%B0%202025-2026.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_%20content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imc.kirov.spb.ru/index.php/deyatelnost/meropriyatiya-ikt-napravlennosti/gorodskoj-konkurs-ya-poznayu-mir" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/r-seven/edit/home/%D0%9A%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%8B%20%D0%B4%D0%BB%D1%8F%20%D0%BF%D0%B5%D0%B4%D0%B0%D0%B3%D0%BE%D0%B3%D0%BE%D0%B2%202025-2026/%D0%9B%D1%83%D1%87%D1%88%D0%B5%D0%B5%20%D0%B2%D0%BD%D0%B5%D0%BA%D0%BB%D0%B0%D1%81%D1%81%D0%BD%D0%BE%D0%B5%20%D0%BC%D0%B5%D1%80%D0%BE%D0%BF%D1%80%D0%B8%D1%8F%D1%82%D0%B8%D0%B5%20%D0%B2%20%D0%BD%D0%B0%D1%87%D0%B0%D0%BB%D1%8C%D0%BD%D0%BE%D0%B9%20%D1%88%D0%BA%D0%BE%D0%BB%D0%B5%202025-2026%20%D1%83%D1%87.%D0%B3..docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clck.ru/3Mkfs6" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clck.ru/3Mm8aZ" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/r-seven/edit/home/%D0%9A%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%8B%20%D0%B4%D0%BB%D1%8F%20%D0%BF%D0%B5%D0%B4%D0%B0%D0%B3%D0%BE%D0%B3%D0%BE%D0%B2%202025-2026/%D0%9B%D1%83%D1%87%D1%88%D0%B8%D0%B5%20%D0%BF%D0%B5%D0%B4%D0%B0%D0%B3%D0%BE%D0%B3%D0%B8%D1%87%D0%B5%D1%81%D0%BA%D0%B8%D0%B5%20%D0%BF%D1%80%D0%B0%D0%BA%D1%82%D0%B8%D0%BA%D0%B8%202025-2026.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clck.ru/3Mm98F" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?%20option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/r-seven/edit/home/%D0%9A%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%8B%20%D0%B4%D0%BB%D1%8F%20%D0%BF%D0%B5%D0%B4%D0%B0%D0%B3%D0%BE%D0%B3%D0%BE%D0%B2%202025-2026/%D0%9B%D1%83%D1%87%D1%88%D0%B5%D0%B5%20%D0%B2%D0%BD%D0%B5%D0%BA%D0%BB%D0%B0%D1%81%D1%81%D0%BD%D0%BE%D0%B5%20%D0%BC%D0%B5%D1%80%D0%BE%D0%BF%D1%80%D0%B8%D1%8F%D1%82%D0%B8%D0%B5%20%D0%B2%20%D0%BD%D0%B0%D1%87%D0%B0%D0%BB%D1%8C%D0%BD%D0%BE%D0%B9%20%D1%88%D0%BA%D0%BE%D0%BB%D0%B5%202025-2026%20%D1%83%D1%87.%D0%B3..docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -5904,66 +6411,66 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1968</Words>
-  <Characters>11219</Characters>
+  <Words>2168</Words>
+  <Characters>12363</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>93</Lines>
-  <Paragraphs>26</Paragraphs>
+  <Lines>103</Lines>
+  <Paragraphs>29</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13161</CharactersWithSpaces>
+  <CharactersWithSpaces>14502</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Марина Громовая</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>