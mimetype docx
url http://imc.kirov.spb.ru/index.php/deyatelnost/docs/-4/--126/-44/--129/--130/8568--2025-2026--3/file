--- v0 (2025-10-08)
+++ v1 (2025-11-26)
@@ -18,117 +18,128 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="146F3E80" w14:textId="77777777" w:rsidR="003E292D" w:rsidRPr="003E292D" w:rsidRDefault="003E292D" w:rsidP="003E292D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E292D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">КАЛЕНДАРЬ ДЕТСКИХ КОНКУРСНЫХ МЕРОПРИЯТИЙ  ДЛЯ УЧАЩИХСЯ ШКОЛ </w:t>
+        <w:t xml:space="preserve">КАЛЕНДАРЬ ДЕТСКИХ КОНКУРСНЫХ </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003E292D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>МЕРОПРИЯТИЙ  ДЛЯ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003E292D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> УЧАЩИХСЯ ШКОЛ </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E7B3762" w14:textId="0ABD6FEC" w:rsidR="00C5208A" w:rsidRPr="00C948A2" w:rsidRDefault="003E292D" w:rsidP="003E292D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E292D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>КИРОВСКОГО РАЙОНА САНТК-ПЕТЕРЕБУРГА на 2025-2026 учебный год</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F8C24AD" w14:textId="77777777" w:rsidR="00C948A2" w:rsidRDefault="00C948A2" w:rsidP="003E292D">
+    <w:p w14:paraId="5F8C24AD" w14:textId="77777777" w:rsidR="00C948A2" w:rsidRPr="00AA1475" w:rsidRDefault="00C948A2" w:rsidP="003E292D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="13DB257B" w14:textId="48A6483A" w:rsidR="00C948A2" w:rsidRPr="00C948A2" w:rsidRDefault="00C948A2" w:rsidP="00C948A2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Ссылка на папку с положениями конкурсов</w:t>
-[...9 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>Ссылка на папку с положениями конкурсов:</w:t>
       </w:r>
       <w:r w:rsidRPr="00C948A2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId4" w:history="1">
         <w:r w:rsidRPr="00EF2515">
           <w:rPr>
             <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>https</w:t>
         </w:r>
         <w:r w:rsidRPr="00EF2515">
@@ -166,162 +177,154 @@
           <w:t>.</w:t>
         </w:r>
         <w:r w:rsidRPr="00EF2515">
           <w:rPr>
             <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>mail</w:t>
         </w:r>
         <w:r w:rsidRPr="00EF2515">
           <w:rPr>
             <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="00EF2515">
           <w:rPr>
             <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>ru</w:t>
         </w:r>
-        <w:proofErr w:type="spellEnd"/>
         <w:r w:rsidRPr="00EF2515">
           <w:rPr>
             <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>/</w:t>
         </w:r>
         <w:r w:rsidRPr="00EF2515">
           <w:rPr>
             <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>public</w:t>
         </w:r>
         <w:r w:rsidRPr="00EF2515">
           <w:rPr>
             <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>/</w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="00EF2515">
           <w:rPr>
             <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>rtUR</w:t>
         </w:r>
-        <w:proofErr w:type="spellEnd"/>
         <w:r w:rsidRPr="00EF2515">
           <w:rPr>
             <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>/</w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="00EF2515">
           <w:rPr>
             <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>wh</w:t>
         </w:r>
-        <w:proofErr w:type="spellEnd"/>
         <w:r w:rsidRPr="00EF2515">
           <w:rPr>
             <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="00EF2515">
           <w:rPr>
             <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>eVfYjY</w:t>
         </w:r>
-        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="15021" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2263"/>
         <w:gridCol w:w="4536"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="1570"/>
@@ -620,51 +623,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="25A8BE1E" w14:textId="77777777" w:rsidR="00F32630" w:rsidRPr="001E10E2" w:rsidRDefault="00F32630" w:rsidP="007547A1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="55924C4E" w14:textId="591A7D82" w:rsidR="00F32630" w:rsidRPr="00723E3E" w:rsidRDefault="00C948A2" w:rsidP="00B04ADE">
+          <w:p w14:paraId="55924C4E" w14:textId="591A7D82" w:rsidR="00F32630" w:rsidRPr="00723E3E" w:rsidRDefault="002F1255" w:rsidP="00B04ADE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId5" w:history="1">
               <w:r w:rsidR="00F32630" w:rsidRPr="00723E3E">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
@@ -768,51 +771,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="109A30FE" w14:textId="77777777" w:rsidR="00F32630" w:rsidRPr="001E10E2" w:rsidRDefault="00F32630" w:rsidP="007547A1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="065631F4" w14:textId="22A7BC86" w:rsidR="00F32630" w:rsidRPr="00723E3E" w:rsidRDefault="00C948A2" w:rsidP="00B04ADE">
+          <w:p w14:paraId="065631F4" w14:textId="22A7BC86" w:rsidR="00F32630" w:rsidRPr="00723E3E" w:rsidRDefault="002F1255" w:rsidP="00B04ADE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId6" w:history="1">
               <w:r w:rsidR="00F32630" w:rsidRPr="00723E3E">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
@@ -865,75 +868,51 @@
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B04ADE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Районный профориентационный конкурс среди обучающихся   государственных образовательных учреждений Кировского района Санкт – Петербурга</w:t>
             </w:r>
             <w:r w:rsidRPr="00B04ADE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> «#</w:t>
-[...23 lines deleted...]
-              <w:t>»</w:t>
+              <w:t xml:space="preserve"> «#Селфи_с_Профи»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="44D213D5" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="001E10E2" w:rsidRDefault="004870DB" w:rsidP="004870DB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A4FB85B" w14:textId="4C69DCBF" w:rsidR="004870DB" w:rsidRPr="00B04ADE" w:rsidRDefault="004870DB" w:rsidP="00B04ADE">
             <w:pPr>
               <w:jc w:val="center"/>
@@ -950,51 +929,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6F605D10" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="001E10E2" w:rsidRDefault="004870DB" w:rsidP="004870DB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5EDF1F21" w14:textId="4D236BA2" w:rsidR="004870DB" w:rsidRPr="00723E3E" w:rsidRDefault="00C948A2" w:rsidP="00B04ADE">
+          <w:p w14:paraId="5EDF1F21" w14:textId="4D236BA2" w:rsidR="004870DB" w:rsidRPr="00723E3E" w:rsidRDefault="002F1255" w:rsidP="00B04ADE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r w:rsidR="004870DB" w:rsidRPr="00723E3E">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -1111,51 +1090,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7B46CAFA" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="001E10E2" w:rsidRDefault="004870DB" w:rsidP="004870DB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65E5D31A" w14:textId="6F72F674" w:rsidR="004870DB" w:rsidRPr="00723E3E" w:rsidRDefault="00C948A2" w:rsidP="00B04ADE">
+          <w:p w14:paraId="65E5D31A" w14:textId="6F72F674" w:rsidR="004870DB" w:rsidRPr="00723E3E" w:rsidRDefault="002F1255" w:rsidP="00B04ADE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r w:rsidR="004870DB" w:rsidRPr="00723E3E">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -1266,51 +1245,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ИМЦ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="13974EEC" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="001E10E2" w:rsidRDefault="004870DB" w:rsidP="004870DB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2EBB63D7" w14:textId="6C677C5E" w:rsidR="004870DB" w:rsidRPr="00723E3E" w:rsidRDefault="00C948A2" w:rsidP="00B04ADE">
+          <w:p w14:paraId="2EBB63D7" w14:textId="6C677C5E" w:rsidR="004870DB" w:rsidRPr="00723E3E" w:rsidRDefault="002F1255" w:rsidP="00B04ADE">
             <w:pPr>
               <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r w:rsidR="004870DB" w:rsidRPr="00723E3E">
                 <w:rPr>
                   <w:rStyle w:val="a4"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://cloud.mail.ru/</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="791ACAF1" w14:textId="77777777" w:rsidTr="00723E3E">
         <w:trPr>
@@ -1456,51 +1435,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ДДЮТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="53CD570E" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="001E10E2" w:rsidRDefault="004870DB" w:rsidP="004870DB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0791A2AF" w14:textId="59ED3BA6" w:rsidR="004870DB" w:rsidRPr="00723E3E" w:rsidRDefault="00C948A2" w:rsidP="00B04ADE">
+          <w:p w14:paraId="0791A2AF" w14:textId="59ED3BA6" w:rsidR="004870DB" w:rsidRPr="00723E3E" w:rsidRDefault="002F1255" w:rsidP="00B04ADE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r w:rsidR="004870DB" w:rsidRPr="00723E3E">
                 <w:rPr>
                   <w:rStyle w:val="a4"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://clck.ru/3MkgD8</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="5565B2A9" w14:textId="77777777" w:rsidTr="00723E3E">
         <w:trPr>
           <w:gridAfter w:val="1"/>
@@ -1596,51 +1575,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ДДЮТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6A8365B2" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="001E10E2" w:rsidRDefault="004870DB" w:rsidP="004870DB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4DE1401F" w14:textId="7D163C06" w:rsidR="004870DB" w:rsidRPr="00723E3E" w:rsidRDefault="00C948A2" w:rsidP="00B04ADE">
+          <w:p w14:paraId="4DE1401F" w14:textId="7D163C06" w:rsidR="004870DB" w:rsidRPr="00723E3E" w:rsidRDefault="002F1255" w:rsidP="00B04ADE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r w:rsidR="004870DB" w:rsidRPr="00723E3E">
                 <w:rPr>
                   <w:rStyle w:val="a4"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://clck.ru/3MkgCN</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="20704CA5" w14:textId="77777777" w:rsidTr="00723E3E">
         <w:trPr>
           <w:gridAfter w:val="1"/>
@@ -1748,51 +1727,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="296A51D8" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="001E10E2" w:rsidRDefault="004870DB" w:rsidP="004870DB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6ED29A24" w14:textId="4748CE87" w:rsidR="004870DB" w:rsidRPr="00723E3E" w:rsidRDefault="00C948A2" w:rsidP="00723E3E">
+          <w:p w14:paraId="6ED29A24" w14:textId="4748CE87" w:rsidR="004870DB" w:rsidRPr="00723E3E" w:rsidRDefault="002F1255" w:rsidP="00723E3E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r w:rsidR="004870DB" w:rsidRPr="00723E3E">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
@@ -1804,51 +1783,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3B2CE54D" w14:textId="6216F1CF" w:rsidR="004870DB" w:rsidRPr="00971C9D" w:rsidRDefault="004870DB" w:rsidP="004870DB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00971C9D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Патриотическое направление</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="44658048" w14:textId="20A161DD" w:rsidR="004870DB" w:rsidRPr="00B04ADE" w:rsidRDefault="00C948A2" w:rsidP="00B04ADE">
+          <w:p w14:paraId="44658048" w14:textId="20A161DD" w:rsidR="004870DB" w:rsidRPr="00B04ADE" w:rsidRDefault="002F1255" w:rsidP="00B04ADE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r w:rsidR="004870DB" w:rsidRPr="00B04ADE">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Районный </w:t>
               </w:r>
               <w:r w:rsidR="004870DB" w:rsidRPr="00B04ADE">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:b/>
                   <w:bCs/>
                   <w:position w:val="-1"/>
@@ -1906,51 +1885,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ДДЮТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="682DCC1A" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="001E10E2" w:rsidRDefault="004870DB" w:rsidP="004870DB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3FFBF968" w14:textId="0914118F" w:rsidR="004870DB" w:rsidRPr="00723E3E" w:rsidRDefault="00C948A2" w:rsidP="00723E3E">
+          <w:p w14:paraId="3FFBF968" w14:textId="0914118F" w:rsidR="004870DB" w:rsidRPr="00723E3E" w:rsidRDefault="002F1255" w:rsidP="00723E3E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r w:rsidR="00B04ADE" w:rsidRPr="00723E3E">
                 <w:rPr>
                   <w:rStyle w:val="a4"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://clck.ru/3Mm59T</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="5B32CFFC" w14:textId="77777777" w:rsidTr="00723E3E">
         <w:trPr>
           <w:gridAfter w:val="1"/>
@@ -2084,51 +2063,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0B26CA6C" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="001E10E2" w:rsidRDefault="004870DB" w:rsidP="004870DB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A3054D1" w14:textId="49C96096" w:rsidR="004870DB" w:rsidRPr="00723E3E" w:rsidRDefault="00C948A2" w:rsidP="00723E3E">
+          <w:p w14:paraId="6A3054D1" w14:textId="49C96096" w:rsidR="004870DB" w:rsidRPr="00723E3E" w:rsidRDefault="002F1255" w:rsidP="00723E3E">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r w:rsidR="004870DB" w:rsidRPr="00723E3E">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
@@ -2273,4464 +2252,5745 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="01165F75" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="001E10E2" w:rsidRDefault="004870DB" w:rsidP="004870DB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5258B1A4" w14:textId="21406826" w:rsidR="004870DB" w:rsidRPr="00723E3E" w:rsidRDefault="00C948A2" w:rsidP="00723E3E">
+          <w:p w14:paraId="5258B1A4" w14:textId="21406826" w:rsidR="004870DB" w:rsidRPr="00723E3E" w:rsidRDefault="002F1255" w:rsidP="00723E3E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r w:rsidR="004870DB" w:rsidRPr="00723E3E">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:position w:val="-1"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="5ACFF18B" w14:textId="77777777" w:rsidTr="00723E3E">
-[...27 lines deleted...]
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="5815F7F5" w14:textId="77777777" w:rsidTr="00723E3E">
+      <w:tr w:rsidR="00371BA8" w:rsidRPr="001E10E2" w14:paraId="1B79A2DB" w14:textId="77777777" w:rsidTr="00723E3E">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
-          </w:tcPr>
-[...13 lines deleted...]
-              <w:t>Предметные конкурсы</w:t>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="655566BD" w14:textId="78B7B637" w:rsidR="00371BA8" w:rsidRPr="001E10E2" w:rsidRDefault="00371BA8" w:rsidP="004870DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005832B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:position w:val="-1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Медиа и ИКТ-технологии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A9F9E48" w14:textId="331CDDF5" w:rsidR="004870DB" w:rsidRPr="00723E3E" w:rsidRDefault="004870DB" w:rsidP="00723E3E">
+          <w:p w14:paraId="185347D7" w14:textId="505687CF" w:rsidR="00371BA8" w:rsidRPr="00B04ADE" w:rsidRDefault="00371BA8" w:rsidP="00B04ADE">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...23 lines deleted...]
-              <w:t xml:space="preserve"> «Дружная семья знает ПДД от А до Я»</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Фестиваль </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F585C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«Цифровой рассказ» (Цифра)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7887FFA7" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="00723E3E" w:rsidRDefault="004870DB" w:rsidP="00723E3E">
+          <w:p w14:paraId="4DF7BB27" w14:textId="77777777" w:rsidR="00371BA8" w:rsidRPr="00B04ADE" w:rsidRDefault="00371BA8" w:rsidP="00B04ADE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="14679F29" w14:textId="7F00BFCB" w:rsidR="004870DB" w:rsidRPr="00723E3E" w:rsidRDefault="004870DB" w:rsidP="00723E3E">
-[...14 lines deleted...]
-              <w:t>ЦДЮТТ</w:t>
+          <w:p w14:paraId="33D39BEA" w14:textId="6588FF8A" w:rsidR="00371BA8" w:rsidRPr="00B04ADE" w:rsidRDefault="00371BA8" w:rsidP="00B04ADE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ИМЦ (ЦИК)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6651942D" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="001E10E2" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="58112431" w14:textId="77777777" w:rsidR="00371BA8" w:rsidRPr="001E10E2" w:rsidRDefault="00371BA8" w:rsidP="004870DB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="62AE6999" w14:textId="007211AE" w:rsidR="004870DB" w:rsidRPr="00723E3E" w:rsidRDefault="00C948A2" w:rsidP="00723E3E">
-[...6 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="24A650E2" w14:textId="12B89540" w:rsidR="00371BA8" w:rsidRDefault="00371BA8" w:rsidP="00723E3E">
+            <w:pPr>
+              <w:jc w:val="center"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
-              <w:r w:rsidR="004870DB" w:rsidRPr="00723E3E">
+              <w:r w:rsidRPr="004E0F2B">
+                <w:rPr>
+                  <w:rStyle w:val="a4"/>
+                </w:rPr>
+                <w:t>https://imc.kirov.spb.ru/index.php/deyatelnost/meropriyatiya-ikt-napravlennosti/festival-tsifra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00371BA8" w:rsidRPr="001E10E2" w14:paraId="69C9B582" w14:textId="77777777" w:rsidTr="00723E3E">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="10" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2263" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="5020B19E" w14:textId="77777777" w:rsidR="00371BA8" w:rsidRPr="005832B5" w:rsidRDefault="00371BA8" w:rsidP="00390532">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:position w:val="-1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="23FD3098" w14:textId="77777777" w:rsidR="00371BA8" w:rsidRDefault="00371BA8" w:rsidP="00390532">
+            <w:pPr>
+              <w:pBdr>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="top"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00390532">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Фестиваль </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="114ADC08" w14:textId="433DF050" w:rsidR="00371BA8" w:rsidRDefault="00371BA8" w:rsidP="00316CD4">
+            <w:pPr>
+              <w:pBdr>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="top"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00390532">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>легоконструирования и робототехники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FE7EC61" w14:textId="77777777" w:rsidR="00371BA8" w:rsidRPr="00B04ADE" w:rsidRDefault="00371BA8" w:rsidP="00390532">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F643E65" w14:textId="2CA00EAB" w:rsidR="00371BA8" w:rsidRDefault="00371BA8" w:rsidP="00390532">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ИМЦ (ЦИК)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1570" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43BA9DF4" w14:textId="77777777" w:rsidR="00371BA8" w:rsidRPr="001E10E2" w:rsidRDefault="00371BA8" w:rsidP="00390532">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3807" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="694A7DD1" w14:textId="5BF3186D" w:rsidR="00371BA8" w:rsidRDefault="00371BA8" w:rsidP="00390532">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r w:rsidRPr="004E0F2B">
+                <w:rPr>
+                  <w:rStyle w:val="a4"/>
+                </w:rPr>
+                <w:t>https://imc.kirov.spb.ru/index.php/deyatelnost/meropriyatiya-ikt-napravlennosti/festival-legokonstruirovaniya-i-robototekhniki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00371BA8" w:rsidRPr="001E10E2" w14:paraId="1C8A7403" w14:textId="77777777" w:rsidTr="00723E3E">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="10" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2263" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="400E2202" w14:textId="77777777" w:rsidR="00371BA8" w:rsidRPr="005832B5" w:rsidRDefault="00371BA8" w:rsidP="00390532">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:position w:val="-1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="793B873B" w14:textId="5E23459D" w:rsidR="00371BA8" w:rsidRPr="00371BA8" w:rsidRDefault="00371BA8" w:rsidP="00390532">
+            <w:pPr>
+              <w:pBdr>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="top"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Районный конкурс </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00371BA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«Мой город в формате 3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00371BA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00371BA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BBFE0D6" w14:textId="77777777" w:rsidR="00371BA8" w:rsidRPr="00B04ADE" w:rsidRDefault="00371BA8" w:rsidP="00390532">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B215C12" w14:textId="4EA03504" w:rsidR="00371BA8" w:rsidRDefault="00371BA8" w:rsidP="00390532">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ИМЦ (ЦИК)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1570" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19D5C86D" w14:textId="77777777" w:rsidR="00371BA8" w:rsidRPr="001E10E2" w:rsidRDefault="00371BA8" w:rsidP="00390532">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3807" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3976C5AE" w14:textId="29FCBEAE" w:rsidR="00371BA8" w:rsidRDefault="00371BA8" w:rsidP="00390532">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r w:rsidRPr="00952938">
+                <w:rPr>
+                  <w:rStyle w:val="a4"/>
+                </w:rPr>
+                <w:t>https://imc.kirov.spb.ru/index.php/deyatelnost/meropriyatiya-ikt-napravlennosti/konkurs-moj-gorod-v-formate-3d</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00231C90" w:rsidRPr="001E10E2" w14:paraId="7758AAD1" w14:textId="77777777" w:rsidTr="00723E3E">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="10" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2263" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="436B2C1F" w14:textId="77777777" w:rsidR="00231C90" w:rsidRPr="005832B5" w:rsidRDefault="00231C90" w:rsidP="00390532">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:position w:val="-1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1407052E" w14:textId="77777777" w:rsidR="00061A93" w:rsidRDefault="00061A93" w:rsidP="00390532">
+            <w:pPr>
+              <w:pBdr>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="top"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Конкурс </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00061A93">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>компьютерных работ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01887051" w14:textId="736F6873" w:rsidR="00231C90" w:rsidRDefault="00061A93" w:rsidP="00390532">
+            <w:pPr>
+              <w:pBdr>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="top"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>учащихся Кировского района</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A4978BD" w14:textId="77777777" w:rsidR="00231C90" w:rsidRPr="00B04ADE" w:rsidRDefault="00231C90" w:rsidP="00390532">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FA9D609" w14:textId="1835F2E1" w:rsidR="00231C90" w:rsidRDefault="00231C90" w:rsidP="00390532">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ИМЦ (ЦИК)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1570" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5184E15F" w14:textId="77777777" w:rsidR="00231C90" w:rsidRPr="001E10E2" w:rsidRDefault="00231C90" w:rsidP="00390532">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3807" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="71C6EC00" w14:textId="0C821E51" w:rsidR="00231C90" w:rsidRDefault="00231C90" w:rsidP="00390532">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r w:rsidRPr="00952938">
+                <w:rPr>
+                  <w:rStyle w:val="a4"/>
+                </w:rPr>
+                <w:t>https://imc.kirov.spb.ru/index.php/deyatelnost/meropriyatiya-ikt-napravlennosti/konkurs-kompyuternykh-rabot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00390532" w:rsidRPr="001E10E2" w14:paraId="5ACFF18B" w14:textId="77777777" w:rsidTr="00723E3E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="15021" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="13E888AC" w14:textId="77777777" w:rsidR="00390532" w:rsidRPr="001E10E2" w:rsidRDefault="00390532" w:rsidP="00390532">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E10E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Октябрь 2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00390532" w:rsidRPr="001E10E2" w14:paraId="5815F7F5" w14:textId="77777777" w:rsidTr="00723E3E">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="10" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2263" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76725123" w14:textId="1AB70218" w:rsidR="00390532" w:rsidRPr="00723E3E" w:rsidRDefault="00390532" w:rsidP="00390532">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00723E3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:position w:val="-1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Предметные конкурсы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A9F9E48" w14:textId="331CDDF5" w:rsidR="00390532" w:rsidRPr="00723E3E" w:rsidRDefault="00390532" w:rsidP="00390532">
+            <w:pPr>
+              <w:pBdr>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="top"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00723E3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Районный этап семейного конкурса по безопасности дорожного движения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00723E3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Дружная семья знает ПДД от А до Я»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7887FFA7" w14:textId="77777777" w:rsidR="00390532" w:rsidRPr="00723E3E" w:rsidRDefault="00390532" w:rsidP="00390532">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="14679F29" w14:textId="7F00BFCB" w:rsidR="00390532" w:rsidRPr="00723E3E" w:rsidRDefault="00390532" w:rsidP="00390532">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00723E3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ЦДЮТТ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1570" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6651942D" w14:textId="77777777" w:rsidR="00390532" w:rsidRPr="001E10E2" w:rsidRDefault="00390532" w:rsidP="00390532">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3807" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="62AE6999" w14:textId="007211AE" w:rsidR="00390532" w:rsidRPr="00723E3E" w:rsidRDefault="00390532" w:rsidP="00390532">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r w:rsidRPr="00723E3E">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="5884AD41" w14:textId="77777777" w:rsidTr="00723E3E">
+      <w:tr w:rsidR="00390532" w:rsidRPr="001E10E2" w14:paraId="5884AD41" w14:textId="77777777" w:rsidTr="00723E3E">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="627DB5EB" w14:textId="32699E40" w:rsidR="004870DB" w:rsidRPr="00723E3E" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="627DB5EB" w14:textId="32699E40" w:rsidR="00390532" w:rsidRPr="00723E3E" w:rsidRDefault="00390532" w:rsidP="00390532">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723E3E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Наука и технология</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0BB8D536" w14:textId="3DA480E2" w:rsidR="004870DB" w:rsidRPr="00723E3E" w:rsidRDefault="004870DB" w:rsidP="00723E3E">
+          <w:p w14:paraId="0BB8D536" w14:textId="3DA480E2" w:rsidR="00390532" w:rsidRPr="00723E3E" w:rsidRDefault="00390532" w:rsidP="00390532">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723E3E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Районный научно-познавательный конкурс</w:t>
             </w:r>
             <w:r w:rsidRPr="00723E3E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> «Леонардо ХХI века»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4CD82E1E" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="00723E3E" w:rsidRDefault="004870DB" w:rsidP="00723E3E">
+          <w:p w14:paraId="4CD82E1E" w14:textId="77777777" w:rsidR="00390532" w:rsidRPr="00723E3E" w:rsidRDefault="00390532" w:rsidP="00390532">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C6E02E7" w14:textId="72FD2386" w:rsidR="004870DB" w:rsidRPr="00723E3E" w:rsidRDefault="004870DB" w:rsidP="00723E3E">
+          <w:p w14:paraId="1C6E02E7" w14:textId="72FD2386" w:rsidR="00390532" w:rsidRPr="00723E3E" w:rsidRDefault="00390532" w:rsidP="00390532">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723E3E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43720EC4" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="001E10E2" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="43720EC4" w14:textId="77777777" w:rsidR="00390532" w:rsidRPr="001E10E2" w:rsidRDefault="00390532" w:rsidP="00390532">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="09AD4D8C" w14:textId="5A69F1F2" w:rsidR="004870DB" w:rsidRPr="00723E3E" w:rsidRDefault="00C948A2" w:rsidP="00723E3E">
+          <w:p w14:paraId="09AD4D8C" w14:textId="5A69F1F2" w:rsidR="00390532" w:rsidRPr="00723E3E" w:rsidRDefault="00390532" w:rsidP="00390532">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
-              <w:r w:rsidR="004870DB" w:rsidRPr="00723E3E">
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r w:rsidRPr="00723E3E">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="152D9005" w14:textId="77777777" w:rsidTr="00723E3E">
+      <w:tr w:rsidR="00390532" w:rsidRPr="001E10E2" w14:paraId="152D9005" w14:textId="77777777" w:rsidTr="00723E3E">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="5998F956" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="00723E3E" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="5998F956" w14:textId="77777777" w:rsidR="00390532" w:rsidRPr="00723E3E" w:rsidRDefault="00390532" w:rsidP="00390532">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5CA230E2" w14:textId="09B9F2CE" w:rsidR="004870DB" w:rsidRPr="00723E3E" w:rsidRDefault="004870DB" w:rsidP="00723E3E">
+          <w:p w14:paraId="5CA230E2" w14:textId="09B9F2CE" w:rsidR="00390532" w:rsidRPr="00723E3E" w:rsidRDefault="00390532" w:rsidP="00390532">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723E3E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Всемирная неделя космоса, День Астрономии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="553A235E" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="00723E3E" w:rsidRDefault="004870DB" w:rsidP="00723E3E">
+          <w:p w14:paraId="553A235E" w14:textId="77777777" w:rsidR="00390532" w:rsidRPr="00723E3E" w:rsidRDefault="00390532" w:rsidP="00390532">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="326BC21D" w14:textId="06892DD3" w:rsidR="004870DB" w:rsidRPr="00723E3E" w:rsidRDefault="004870DB" w:rsidP="00723E3E">
+          <w:p w14:paraId="326BC21D" w14:textId="06892DD3" w:rsidR="00390532" w:rsidRPr="00723E3E" w:rsidRDefault="00390532" w:rsidP="00390532">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723E3E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B029AC4" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="001E10E2" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="6B029AC4" w14:textId="77777777" w:rsidR="00390532" w:rsidRPr="001E10E2" w:rsidRDefault="00390532" w:rsidP="00390532">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5DF82EF0" w14:textId="74EF4587" w:rsidR="004870DB" w:rsidRPr="00723E3E" w:rsidRDefault="00C948A2" w:rsidP="00723E3E">
+          <w:p w14:paraId="5DF82EF0" w14:textId="74EF4587" w:rsidR="00390532" w:rsidRPr="00723E3E" w:rsidRDefault="00390532" w:rsidP="00390532">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
-              <w:r w:rsidR="004870DB" w:rsidRPr="00723E3E">
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r w:rsidRPr="00723E3E">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="1739FB76" w14:textId="77777777" w:rsidTr="00723E3E">
+      <w:tr w:rsidR="00390532" w:rsidRPr="001E10E2" w14:paraId="1739FB76" w14:textId="77777777" w:rsidTr="00723E3E">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="274EAE42" w14:textId="240B7BC6" w:rsidR="004870DB" w:rsidRPr="00723E3E" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="274EAE42" w14:textId="240B7BC6" w:rsidR="00390532" w:rsidRPr="00723E3E" w:rsidRDefault="00390532" w:rsidP="00390532">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723E3E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Экология и охрана природы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="107FE56F" w14:textId="7C014A0C" w:rsidR="004870DB" w:rsidRPr="00723E3E" w:rsidRDefault="004870DB" w:rsidP="00723E3E">
+          <w:p w14:paraId="107FE56F" w14:textId="7C014A0C" w:rsidR="00390532" w:rsidRPr="00723E3E" w:rsidRDefault="00390532" w:rsidP="00390532">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723E3E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Районный конкурс </w:t>
             </w:r>
             <w:r w:rsidRPr="00723E3E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>«Энергосбережение – дело каждого»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1591836E" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="00723E3E" w:rsidRDefault="004870DB" w:rsidP="00723E3E">
+          <w:p w14:paraId="1591836E" w14:textId="77777777" w:rsidR="00390532" w:rsidRPr="00723E3E" w:rsidRDefault="00390532" w:rsidP="00390532">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A6BDDF8" w14:textId="5022954E" w:rsidR="004870DB" w:rsidRPr="00723E3E" w:rsidRDefault="004870DB" w:rsidP="00723E3E">
+          <w:p w14:paraId="0A6BDDF8" w14:textId="5022954E" w:rsidR="00390532" w:rsidRPr="00723E3E" w:rsidRDefault="00390532" w:rsidP="00390532">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723E3E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ИМЦ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="672F1FC0" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="001E10E2" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="672F1FC0" w14:textId="77777777" w:rsidR="00390532" w:rsidRPr="001E10E2" w:rsidRDefault="00390532" w:rsidP="00390532">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="15E1EC7C" w14:textId="2D73C2A8" w:rsidR="004870DB" w:rsidRPr="00723E3E" w:rsidRDefault="00C948A2" w:rsidP="00723E3E">
+          <w:p w14:paraId="15E1EC7C" w14:textId="2D73C2A8" w:rsidR="00390532" w:rsidRPr="00723E3E" w:rsidRDefault="00390532" w:rsidP="00390532">
             <w:pPr>
               <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
-              <w:r w:rsidR="004870DB" w:rsidRPr="00723E3E">
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r w:rsidRPr="00723E3E">
                 <w:rPr>
                   <w:rStyle w:val="a4"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://cloud.mail.ru/</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="3397AC7B" w14:textId="77777777" w:rsidTr="00723E3E">
+      <w:tr w:rsidR="00390532" w:rsidRPr="001E10E2" w14:paraId="3397AC7B" w14:textId="77777777" w:rsidTr="00723E3E">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="55FC89CD" w14:textId="7F8466FA" w:rsidR="004870DB" w:rsidRPr="00723E3E" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="55FC89CD" w14:textId="7F8466FA" w:rsidR="00390532" w:rsidRPr="00723E3E" w:rsidRDefault="00390532" w:rsidP="00390532">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723E3E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Труд, профессии и свое дело</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="543F6566" w14:textId="66454020" w:rsidR="004870DB" w:rsidRPr="00723E3E" w:rsidRDefault="004870DB" w:rsidP="00723E3E">
+          <w:p w14:paraId="543F6566" w14:textId="66454020" w:rsidR="00390532" w:rsidRPr="00723E3E" w:rsidRDefault="00390532" w:rsidP="00390532">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723E3E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Районный профориентационный конкурс среди обучающихся   государственных образовательных учреждений Кировского района Санкт – Петербурга</w:t>
             </w:r>
             <w:r w:rsidRPr="00723E3E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> «#</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t xml:space="preserve"> «#Селфи_с_Профи»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F21D16C" w14:textId="77777777" w:rsidR="00390532" w:rsidRPr="00723E3E" w:rsidRDefault="00390532" w:rsidP="00390532">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F6BEE21" w14:textId="2FC05C67" w:rsidR="00390532" w:rsidRPr="00723E3E" w:rsidRDefault="00390532" w:rsidP="00390532">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00723E3E">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...53 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A9B5649" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="001E10E2" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="1A9B5649" w14:textId="77777777" w:rsidR="00390532" w:rsidRPr="001E10E2" w:rsidRDefault="00390532" w:rsidP="00390532">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5449F061" w14:textId="4CFF7688" w:rsidR="004870DB" w:rsidRPr="00723E3E" w:rsidRDefault="00C948A2" w:rsidP="00723E3E">
+          <w:p w14:paraId="5449F061" w14:textId="4CFF7688" w:rsidR="00390532" w:rsidRPr="00723E3E" w:rsidRDefault="00390532" w:rsidP="00390532">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
-              <w:r w:rsidR="004870DB" w:rsidRPr="00723E3E">
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r w:rsidRPr="00723E3E">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="011FEC6D" w14:textId="77777777" w:rsidTr="00723E3E">
+      <w:tr w:rsidR="00390532" w:rsidRPr="001E10E2" w14:paraId="011FEC6D" w14:textId="77777777" w:rsidTr="00723E3E">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="5DD668FD" w14:textId="2AE6146E" w:rsidR="004870DB" w:rsidRPr="00723E3E" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="5DD668FD" w14:textId="2AE6146E" w:rsidR="00390532" w:rsidRPr="00723E3E" w:rsidRDefault="00390532" w:rsidP="00390532">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723E3E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Культура и искусство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="05869CD6" w14:textId="5882BC0C" w:rsidR="004870DB" w:rsidRPr="00723E3E" w:rsidRDefault="004870DB" w:rsidP="00723E3E">
+          <w:p w14:paraId="05869CD6" w14:textId="5882BC0C" w:rsidR="00390532" w:rsidRPr="00723E3E" w:rsidRDefault="00390532" w:rsidP="00390532">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723E3E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Районный (отборочный) этап Международного конкурса детского творчества </w:t>
             </w:r>
             <w:r w:rsidRPr="00723E3E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>«Красота божьего мира»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="183B78F0" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="00723E3E" w:rsidRDefault="004870DB" w:rsidP="00723E3E">
+          <w:p w14:paraId="183B78F0" w14:textId="77777777" w:rsidR="00390532" w:rsidRPr="00723E3E" w:rsidRDefault="00390532" w:rsidP="00390532">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C9B55B2" w14:textId="34B1479F" w:rsidR="004870DB" w:rsidRPr="00723E3E" w:rsidRDefault="004870DB" w:rsidP="00723E3E">
+          <w:p w14:paraId="3C9B55B2" w14:textId="34B1479F" w:rsidR="00390532" w:rsidRPr="00723E3E" w:rsidRDefault="00390532" w:rsidP="00390532">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723E3E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ИМЦ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E336495" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="001E10E2" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="2E336495" w14:textId="77777777" w:rsidR="00390532" w:rsidRPr="001E10E2" w:rsidRDefault="00390532" w:rsidP="00390532">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="04A67695" w14:textId="7F730E87" w:rsidR="004870DB" w:rsidRPr="00723E3E" w:rsidRDefault="00C948A2" w:rsidP="00723E3E">
+          <w:p w14:paraId="04A67695" w14:textId="7F730E87" w:rsidR="00390532" w:rsidRPr="00723E3E" w:rsidRDefault="00390532" w:rsidP="00390532">
             <w:pPr>
               <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
-              <w:r w:rsidR="004870DB" w:rsidRPr="00723E3E">
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r w:rsidRPr="00723E3E">
                 <w:rPr>
                   <w:rStyle w:val="a4"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://cloud.mail.ru/</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="7CE27177" w14:textId="77777777" w:rsidTr="00723E3E">
+      <w:tr w:rsidR="00390532" w:rsidRPr="001E10E2" w14:paraId="7CE27177" w14:textId="77777777" w:rsidTr="00723E3E">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="40BDD136" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="001E10E2" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="40BDD136" w14:textId="77777777" w:rsidR="00390532" w:rsidRPr="001E10E2" w:rsidRDefault="00390532" w:rsidP="00390532">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D0FE6A0" w14:textId="421FBA38" w:rsidR="004870DB" w:rsidRPr="00723E3E" w:rsidRDefault="004870DB" w:rsidP="00723E3E">
+          <w:p w14:paraId="4D0FE6A0" w14:textId="421FBA38" w:rsidR="00390532" w:rsidRPr="00723E3E" w:rsidRDefault="00390532" w:rsidP="00390532">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723E3E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Районный этап регионального конкурса хореографических коллективов</w:t>
             </w:r>
-            <w:r w:rsidR="00723E3E">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00723E3E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>«Танцующий Петербург»</w:t>
             </w:r>
-            <w:r w:rsidR="00723E3E">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00723E3E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>учреждений дополнительного образования Санкт-Петербурга</w:t>
             </w:r>
-            <w:r w:rsidR="00723E3E">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00723E3E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>в 2025-2026 учебном году</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="760F5D8A" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="00723E3E" w:rsidRDefault="004870DB" w:rsidP="00723E3E">
+          <w:p w14:paraId="760F5D8A" w14:textId="77777777" w:rsidR="00390532" w:rsidRPr="00723E3E" w:rsidRDefault="00390532" w:rsidP="00390532">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="46847A08" w14:textId="43F0E3C4" w:rsidR="004870DB" w:rsidRPr="00723E3E" w:rsidRDefault="004870DB" w:rsidP="00723E3E">
+          <w:p w14:paraId="46847A08" w14:textId="43F0E3C4" w:rsidR="00390532" w:rsidRPr="00723E3E" w:rsidRDefault="00390532" w:rsidP="00390532">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723E3E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ДДЮТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="634A6B55" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="001E10E2" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="634A6B55" w14:textId="77777777" w:rsidR="00390532" w:rsidRPr="001E10E2" w:rsidRDefault="00390532" w:rsidP="00390532">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39048155" w14:textId="3CC13062" w:rsidR="004870DB" w:rsidRPr="00723E3E" w:rsidRDefault="00C948A2" w:rsidP="00723E3E">
-[...9 lines deleted...]
-              <w:r w:rsidR="004870DB" w:rsidRPr="00723E3E">
+          <w:p w14:paraId="39048155" w14:textId="3CC13062" w:rsidR="00390532" w:rsidRPr="00723E3E" w:rsidRDefault="00390532" w:rsidP="00390532">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r w:rsidRPr="00723E3E">
                 <w:rPr>
                   <w:rStyle w:val="a4"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://cloud.mail.ru/public/kBfz/HbMeTZpGG</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="2455126F" w14:textId="77777777" w:rsidTr="00723E3E">
+      <w:tr w:rsidR="00390532" w:rsidRPr="001E10E2" w14:paraId="2455126F" w14:textId="77777777" w:rsidTr="00723E3E">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="2C2D8915" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="001E10E2" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="2C2D8915" w14:textId="77777777" w:rsidR="00390532" w:rsidRPr="001E10E2" w:rsidRDefault="00390532" w:rsidP="00390532">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="69F0C032" w14:textId="431E3DAF" w:rsidR="004870DB" w:rsidRPr="00723E3E" w:rsidRDefault="004870DB" w:rsidP="00723E3E">
+          <w:p w14:paraId="69F0C032" w14:textId="431E3DAF" w:rsidR="00390532" w:rsidRPr="00723E3E" w:rsidRDefault="00390532" w:rsidP="00390532">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723E3E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Районного этап</w:t>
             </w:r>
             <w:r w:rsidRPr="00723E3E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>регионального творческого конкурса</w:t>
             </w:r>
             <w:r w:rsidRPr="00723E3E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>«Россия: прошлое, настоящее, будущее»</w:t>
             </w:r>
             <w:r w:rsidRPr="00723E3E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>в 2025-2026 учебном году</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="540A28A3" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="00723E3E" w:rsidRDefault="004870DB" w:rsidP="00723E3E">
+          <w:p w14:paraId="540A28A3" w14:textId="77777777" w:rsidR="00390532" w:rsidRPr="00723E3E" w:rsidRDefault="00390532" w:rsidP="00390532">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="24C5D354" w14:textId="7E4B7BF5" w:rsidR="004870DB" w:rsidRPr="00723E3E" w:rsidRDefault="004870DB" w:rsidP="00723E3E">
+          <w:p w14:paraId="24C5D354" w14:textId="7E4B7BF5" w:rsidR="00390532" w:rsidRPr="00723E3E" w:rsidRDefault="00390532" w:rsidP="00390532">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723E3E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ДДЮТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5448F663" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="001E10E2" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="5448F663" w14:textId="77777777" w:rsidR="00390532" w:rsidRPr="001E10E2" w:rsidRDefault="00390532" w:rsidP="00390532">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E2108A3" w14:textId="3D5C6142" w:rsidR="004870DB" w:rsidRPr="00723E3E" w:rsidRDefault="00C948A2" w:rsidP="00723E3E">
-[...9 lines deleted...]
-              <w:r w:rsidR="004870DB" w:rsidRPr="00723E3E">
+          <w:p w14:paraId="0E2108A3" w14:textId="3D5C6142" w:rsidR="00390532" w:rsidRPr="00723E3E" w:rsidRDefault="00390532" w:rsidP="00390532">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r w:rsidRPr="00723E3E">
                 <w:rPr>
                   <w:rStyle w:val="a4"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://clck.ru/3MkgG8</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="10631EF5" w14:textId="77777777" w:rsidTr="00723E3E">
+      <w:tr w:rsidR="00390532" w:rsidRPr="001E10E2" w14:paraId="10631EF5" w14:textId="77777777" w:rsidTr="00723E3E">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="60E53A0B" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="001E10E2" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="60E53A0B" w14:textId="77777777" w:rsidR="00390532" w:rsidRPr="001E10E2" w:rsidRDefault="00390532" w:rsidP="00390532">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="54F0B2CD" w14:textId="73FDE062" w:rsidR="004870DB" w:rsidRPr="00723E3E" w:rsidRDefault="004870DB" w:rsidP="00723E3E">
+          <w:p w14:paraId="54F0B2CD" w14:textId="73FDE062" w:rsidR="00390532" w:rsidRPr="00723E3E" w:rsidRDefault="00390532" w:rsidP="00390532">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723E3E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Районный конкурс творческих работ изобразительного и декоративно-прикладного </w:t>
-[...10 lines deleted...]
-            <w:r w:rsidR="00723E3E">
+              <w:t>Районный конкурс творческих работ изобразительного и декоративно-прикладного искусства «Рождественская звезда»</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00723E3E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>в 2025-2026 учебном году</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="31085783" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="00723E3E" w:rsidRDefault="004870DB" w:rsidP="00723E3E">
+          <w:p w14:paraId="31085783" w14:textId="77777777" w:rsidR="00390532" w:rsidRPr="00723E3E" w:rsidRDefault="00390532" w:rsidP="00390532">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="28120BCA" w14:textId="4625F62A" w:rsidR="004870DB" w:rsidRPr="00723E3E" w:rsidRDefault="004870DB" w:rsidP="00723E3E">
+          <w:p w14:paraId="28120BCA" w14:textId="4625F62A" w:rsidR="00390532" w:rsidRPr="00723E3E" w:rsidRDefault="00390532" w:rsidP="00390532">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00723E3E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ДДЮТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="575B1DFF" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="001E10E2" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="575B1DFF" w14:textId="77777777" w:rsidR="00390532" w:rsidRPr="001E10E2" w:rsidRDefault="00390532" w:rsidP="00390532">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D9AA2C4" w14:textId="1C0BFEF0" w:rsidR="004870DB" w:rsidRPr="00723E3E" w:rsidRDefault="00C948A2" w:rsidP="00723E3E">
-[...9 lines deleted...]
-              <w:r w:rsidR="004870DB" w:rsidRPr="00723E3E">
+          <w:p w14:paraId="5D9AA2C4" w14:textId="1C0BFEF0" w:rsidR="00390532" w:rsidRPr="00723E3E" w:rsidRDefault="00390532" w:rsidP="00390532">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r w:rsidRPr="00723E3E">
                 <w:rPr>
                   <w:rStyle w:val="a4"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://clck.ru/3MkgFp</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="799F1DE2" w14:textId="77777777" w:rsidTr="00DD7E21">
+      <w:tr w:rsidR="00390532" w:rsidRPr="001E10E2" w14:paraId="799F1DE2" w14:textId="77777777" w:rsidTr="00DD7E21">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="5A3EC703" w14:textId="6443AD99" w:rsidR="004870DB" w:rsidRPr="005832B5" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="5A3EC703" w14:textId="6443AD99" w:rsidR="00390532" w:rsidRPr="005832B5" w:rsidRDefault="00390532" w:rsidP="00390532">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005832B5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Патриотическое направление</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0700C59D" w14:textId="77777777" w:rsidR="005832B5" w:rsidRDefault="004870DB" w:rsidP="005832B5">
+          <w:p w14:paraId="0700C59D" w14:textId="77777777" w:rsidR="00390532" w:rsidRDefault="00390532" w:rsidP="00390532">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005832B5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Районный этап регионального конкурса </w:t>
             </w:r>
             <w:r w:rsidRPr="005832B5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>юных экскурсоводов школьных музеев</w:t>
             </w:r>
             <w:r w:rsidRPr="005832B5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3565A9EA" w14:textId="3EBA2A97" w:rsidR="004870DB" w:rsidRPr="005832B5" w:rsidRDefault="004870DB" w:rsidP="005832B5">
+          <w:p w14:paraId="3565A9EA" w14:textId="3EBA2A97" w:rsidR="00390532" w:rsidRPr="005832B5" w:rsidRDefault="00390532" w:rsidP="00390532">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005832B5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Санкт-Петербурга</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="18343819" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="005832B5" w:rsidRDefault="004870DB" w:rsidP="005832B5">
+          <w:p w14:paraId="18343819" w14:textId="77777777" w:rsidR="00390532" w:rsidRPr="005832B5" w:rsidRDefault="00390532" w:rsidP="00390532">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2658D281" w14:textId="247CB481" w:rsidR="004870DB" w:rsidRPr="005832B5" w:rsidRDefault="004870DB" w:rsidP="005832B5">
+          <w:p w14:paraId="2658D281" w14:textId="247CB481" w:rsidR="00390532" w:rsidRPr="005832B5" w:rsidRDefault="00390532" w:rsidP="00390532">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005832B5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ДДЮТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="389053EA" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="001E10E2" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="389053EA" w14:textId="77777777" w:rsidR="00390532" w:rsidRPr="001E10E2" w:rsidRDefault="00390532" w:rsidP="00390532">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13F00291" w14:textId="13400E7D" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="00C948A2" w:rsidP="00DD7E21">
-[...9 lines deleted...]
-              <w:r w:rsidR="004870DB" w:rsidRPr="00DD7E21">
+          <w:p w14:paraId="13F00291" w14:textId="13400E7D" w:rsidR="00390532" w:rsidRPr="00DD7E21" w:rsidRDefault="00390532" w:rsidP="00390532">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r w:rsidRPr="00DD7E21">
                 <w:rPr>
                   <w:rStyle w:val="a4"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://clck.ru/3Mm68n</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="207F47D0" w14:textId="77777777" w:rsidTr="00DD7E21">
+      <w:tr w:rsidR="00390532" w:rsidRPr="001E10E2" w14:paraId="207F47D0" w14:textId="77777777" w:rsidTr="00DD7E21">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="06CDF6EF" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="005832B5" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="06CDF6EF" w14:textId="77777777" w:rsidR="00390532" w:rsidRPr="005832B5" w:rsidRDefault="00390532" w:rsidP="00390532">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4DAE9C97" w14:textId="77777777" w:rsidR="005832B5" w:rsidRDefault="004870DB" w:rsidP="005832B5">
+          <w:p w14:paraId="4DAE9C97" w14:textId="77777777" w:rsidR="00390532" w:rsidRDefault="00390532" w:rsidP="00390532">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005832B5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Районный этап</w:t>
-[...8 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Районный этап Всероссийского детско-юношеского фестиваля </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2686EAB2" w14:textId="7EE5B71C" w:rsidR="00390532" w:rsidRPr="005832B5" w:rsidRDefault="00390532" w:rsidP="00390532">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="005832B5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:t>«Ворошиловский стрелок»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="20E6672A" w14:textId="77777777" w:rsidR="00390532" w:rsidRPr="005832B5" w:rsidRDefault="00390532" w:rsidP="00390532">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="42106816" w14:textId="05043687" w:rsidR="00390532" w:rsidRPr="005832B5" w:rsidRDefault="00390532" w:rsidP="00390532">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005832B5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...40 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ДДЮТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A75E5D1" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="001E10E2" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="0A75E5D1" w14:textId="77777777" w:rsidR="00390532" w:rsidRPr="001E10E2" w:rsidRDefault="00390532" w:rsidP="00390532">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67FE43E3" w14:textId="1B7887F6" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="00C948A2" w:rsidP="00DD7E21">
-[...9 lines deleted...]
-              <w:r w:rsidR="004870DB" w:rsidRPr="00DD7E21">
+          <w:p w14:paraId="67FE43E3" w14:textId="1B7887F6" w:rsidR="00390532" w:rsidRPr="00DD7E21" w:rsidRDefault="00390532" w:rsidP="00390532">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r w:rsidRPr="00DD7E21">
                 <w:rPr>
                   <w:rStyle w:val="a4"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://clck.ru/3Mm7zp</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="52302093" w14:textId="77777777" w:rsidTr="00DD7E21">
+      <w:tr w:rsidR="00390532" w:rsidRPr="001E10E2" w14:paraId="52302093" w14:textId="77777777" w:rsidTr="00DD7E21">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="78E1C023" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="005832B5" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="78E1C023" w14:textId="77777777" w:rsidR="00390532" w:rsidRPr="005832B5" w:rsidRDefault="00390532" w:rsidP="00390532">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4310CBCA" w14:textId="77777777" w:rsidR="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="005832B5">
+          <w:p w14:paraId="4310CBCA" w14:textId="77777777" w:rsidR="00390532" w:rsidRDefault="00390532" w:rsidP="00390532">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005832B5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Районный конкурс для 6 классов</w:t>
             </w:r>
             <w:r w:rsidRPr="005832B5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0794ECCA" w14:textId="0B5B27C1" w:rsidR="004870DB" w:rsidRPr="005832B5" w:rsidRDefault="004870DB" w:rsidP="005832B5">
+          <w:p w14:paraId="0794ECCA" w14:textId="0B5B27C1" w:rsidR="00390532" w:rsidRPr="005832B5" w:rsidRDefault="00390532" w:rsidP="00390532">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005832B5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>«Марафон знатоков Петербурга»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="774CAE69" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="005832B5" w:rsidRDefault="004870DB" w:rsidP="005832B5">
+          <w:p w14:paraId="774CAE69" w14:textId="77777777" w:rsidR="00390532" w:rsidRPr="005832B5" w:rsidRDefault="00390532" w:rsidP="00390532">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="53CBF8B7" w14:textId="0A7D3F65" w:rsidR="004870DB" w:rsidRPr="005832B5" w:rsidRDefault="004870DB" w:rsidP="005832B5">
+          <w:p w14:paraId="53CBF8B7" w14:textId="0A7D3F65" w:rsidR="00390532" w:rsidRPr="005832B5" w:rsidRDefault="00390532" w:rsidP="00390532">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005832B5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="53116703" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="001E10E2" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="53116703" w14:textId="77777777" w:rsidR="00390532" w:rsidRPr="001E10E2" w:rsidRDefault="00390532" w:rsidP="00390532">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5DA9B275" w14:textId="6329702A" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="00C948A2" w:rsidP="00DD7E21">
+          <w:p w14:paraId="5DA9B275" w14:textId="6329702A" w:rsidR="00390532" w:rsidRPr="00DD7E21" w:rsidRDefault="00390532" w:rsidP="00390532">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
-              <w:r w:rsidR="004870DB" w:rsidRPr="00DD7E21">
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r w:rsidRPr="00DD7E21">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005832B5" w:rsidRPr="001E10E2" w14:paraId="3DDAA6A3" w14:textId="77777777" w:rsidTr="00DD7E21">
+      <w:tr w:rsidR="00390532" w:rsidRPr="001E10E2" w14:paraId="3DDAA6A3" w14:textId="77777777" w:rsidTr="00DD7E21">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5317A237" w14:textId="1B02488D" w:rsidR="005832B5" w:rsidRPr="005832B5" w:rsidRDefault="005832B5" w:rsidP="004870DB">
+          <w:p w14:paraId="5317A237" w14:textId="1B02488D" w:rsidR="00390532" w:rsidRPr="005832B5" w:rsidRDefault="00390532" w:rsidP="00390532">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005832B5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Спортивной направленности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4CB6F0D8" w14:textId="43B5E32F" w:rsidR="005832B5" w:rsidRPr="005832B5" w:rsidRDefault="005832B5" w:rsidP="005832B5">
+          <w:p w14:paraId="4CB6F0D8" w14:textId="43B5E32F" w:rsidR="00390532" w:rsidRPr="005832B5" w:rsidRDefault="00390532" w:rsidP="00390532">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="1" w:name="_Hlk200975847"/>
             <w:r w:rsidRPr="005832B5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Муниципальные квалификационные </w:t>
             </w:r>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>турниры по шахматам</w:t>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="214278A5" w14:textId="77777777" w:rsidR="005832B5" w:rsidRPr="005832B5" w:rsidRDefault="005832B5" w:rsidP="005832B5">
+          <w:p w14:paraId="214278A5" w14:textId="77777777" w:rsidR="00390532" w:rsidRPr="005832B5" w:rsidRDefault="00390532" w:rsidP="00390532">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E1B142E" w14:textId="368F4858" w:rsidR="005832B5" w:rsidRPr="005832B5" w:rsidRDefault="005832B5" w:rsidP="005832B5">
+          <w:p w14:paraId="0E1B142E" w14:textId="368F4858" w:rsidR="00390532" w:rsidRPr="005832B5" w:rsidRDefault="00390532" w:rsidP="00390532">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005832B5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3FE1F211" w14:textId="77777777" w:rsidR="005832B5" w:rsidRPr="001E10E2" w:rsidRDefault="005832B5" w:rsidP="004870DB">
+          <w:p w14:paraId="3FE1F211" w14:textId="77777777" w:rsidR="00390532" w:rsidRPr="001E10E2" w:rsidRDefault="00390532" w:rsidP="00390532">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A104958" w14:textId="47C0F4CB" w:rsidR="005832B5" w:rsidRPr="00DD7E21" w:rsidRDefault="00C948A2" w:rsidP="00DD7E21">
+          <w:p w14:paraId="5A104958" w14:textId="47C0F4CB" w:rsidR="00390532" w:rsidRPr="00DD7E21" w:rsidRDefault="00390532" w:rsidP="00390532">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
-              <w:r w:rsidR="005832B5" w:rsidRPr="00DD7E21">
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r w:rsidRPr="00DD7E21">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005832B5" w:rsidRPr="001E10E2" w14:paraId="6CB4F3A8" w14:textId="77777777" w:rsidTr="00DD7E21">
+      <w:tr w:rsidR="00390532" w:rsidRPr="001E10E2" w14:paraId="6CB4F3A8" w14:textId="77777777" w:rsidTr="00DD7E21">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="4570165A" w14:textId="77777777" w:rsidR="005832B5" w:rsidRPr="005832B5" w:rsidRDefault="005832B5" w:rsidP="004870DB">
+          <w:p w14:paraId="4570165A" w14:textId="77777777" w:rsidR="00390532" w:rsidRPr="005832B5" w:rsidRDefault="00390532" w:rsidP="00390532">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="78166504" w14:textId="0B3D24B5" w:rsidR="005832B5" w:rsidRPr="005832B5" w:rsidRDefault="005832B5" w:rsidP="005832B5">
+          <w:p w14:paraId="78166504" w14:textId="0B3D24B5" w:rsidR="00390532" w:rsidRPr="005832B5" w:rsidRDefault="00390532" w:rsidP="00390532">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005832B5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Межмуниципальные соревнования</w:t>
             </w:r>
             <w:r w:rsidRPr="005832B5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> «Первенство Кировского района Санкт-Петербурга по спортивному ориентированию среди обучающихся. 1 этап»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E2E40FE" w14:textId="77777777" w:rsidR="005832B5" w:rsidRPr="005832B5" w:rsidRDefault="005832B5" w:rsidP="005832B5">
+          <w:p w14:paraId="0E2E40FE" w14:textId="77777777" w:rsidR="00390532" w:rsidRPr="005832B5" w:rsidRDefault="00390532" w:rsidP="00390532">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F80118A" w14:textId="1093FB7D" w:rsidR="005832B5" w:rsidRPr="005832B5" w:rsidRDefault="005832B5" w:rsidP="005832B5">
+          <w:p w14:paraId="1F80118A" w14:textId="1093FB7D" w:rsidR="00390532" w:rsidRPr="005832B5" w:rsidRDefault="00390532" w:rsidP="00390532">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005832B5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F2D96A1" w14:textId="77777777" w:rsidR="005832B5" w:rsidRPr="001E10E2" w:rsidRDefault="005832B5" w:rsidP="004870DB">
+          <w:p w14:paraId="0F2D96A1" w14:textId="77777777" w:rsidR="00390532" w:rsidRPr="001E10E2" w:rsidRDefault="00390532" w:rsidP="00390532">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="62F85A81" w14:textId="507BDB0C" w:rsidR="005832B5" w:rsidRPr="00DD7E21" w:rsidRDefault="00C948A2" w:rsidP="00DD7E21">
+          <w:p w14:paraId="62F85A81" w14:textId="507BDB0C" w:rsidR="00390532" w:rsidRPr="00DD7E21" w:rsidRDefault="00390532" w:rsidP="00390532">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
-              <w:r w:rsidR="005832B5" w:rsidRPr="00DD7E21">
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r w:rsidRPr="00DD7E21">
                 <w:rPr>
                   <w:rStyle w:val="a4"/>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="0CDD9497" w14:textId="77777777" w:rsidTr="00DD7E21">
+      <w:tr w:rsidR="00390532" w:rsidRPr="001E10E2" w14:paraId="0CDD9497" w14:textId="77777777" w:rsidTr="00DD7E21">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0163D2B7" w14:textId="68D27563" w:rsidR="004870DB" w:rsidRPr="005832B5" w:rsidRDefault="004870DB" w:rsidP="005832B5">
+          <w:p w14:paraId="0163D2B7" w14:textId="68D27563" w:rsidR="00390532" w:rsidRPr="005832B5" w:rsidRDefault="00390532" w:rsidP="00390532">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005832B5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Туризм и путешествия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D97798A" w14:textId="20B4D1D5" w:rsidR="004870DB" w:rsidRPr="005832B5" w:rsidRDefault="00C948A2" w:rsidP="005832B5">
-[...9 lines deleted...]
-              <w:r w:rsidR="004870DB" w:rsidRPr="005832B5">
+          <w:p w14:paraId="6D97798A" w14:textId="20B4D1D5" w:rsidR="00390532" w:rsidRPr="005832B5" w:rsidRDefault="00390532" w:rsidP="00390532">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r w:rsidRPr="005832B5">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Районный этап регионального конкурса на звание </w:t>
               </w:r>
-              <w:r w:rsidR="004870DB" w:rsidRPr="005832B5">
+              <w:r w:rsidRPr="005832B5">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:b/>
                   <w:bCs/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t xml:space="preserve">«Лучший юный экскурсовод года» </w:t>
               </w:r>
-              <w:r w:rsidR="004870DB" w:rsidRPr="005832B5">
+              <w:r w:rsidRPr="005832B5">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t xml:space="preserve">                                       </w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="671E92C6" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="005832B5" w:rsidRDefault="004870DB" w:rsidP="005832B5">
+          <w:p w14:paraId="671E92C6" w14:textId="77777777" w:rsidR="00390532" w:rsidRPr="005832B5" w:rsidRDefault="00390532" w:rsidP="00390532">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1AF1B409" w14:textId="53E292C0" w:rsidR="004870DB" w:rsidRPr="005832B5" w:rsidRDefault="004870DB" w:rsidP="005832B5">
+          <w:p w14:paraId="1AF1B409" w14:textId="53E292C0" w:rsidR="00390532" w:rsidRPr="005832B5" w:rsidRDefault="00390532" w:rsidP="00390532">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005832B5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ДДЮТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45948BA5" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="001E10E2" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="45948BA5" w14:textId="77777777" w:rsidR="00390532" w:rsidRPr="001E10E2" w:rsidRDefault="00390532" w:rsidP="00390532">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6EBE12A1" w14:textId="63844F7A" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="00C948A2" w:rsidP="00DD7E21">
-[...9 lines deleted...]
-              <w:r w:rsidR="00DD7E21" w:rsidRPr="0039391C">
+          <w:p w14:paraId="6EBE12A1" w14:textId="63844F7A" w:rsidR="00390532" w:rsidRPr="00DD7E21" w:rsidRDefault="00390532" w:rsidP="00390532">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r w:rsidRPr="0039391C">
                 <w:rPr>
                   <w:rStyle w:val="a4"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://clck.ru/3Mm6T9</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00DD7E21">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="21ED32F8" w14:textId="77777777" w:rsidTr="00DD7E21">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="21ED32F8" w14:textId="77777777" w:rsidTr="00DD7E21">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="4F6085CC" w14:textId="682D1458" w:rsidR="004870DB" w:rsidRPr="005832B5" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F6085CC" w14:textId="682D1458" w:rsidR="00061A93" w:rsidRPr="005832B5" w:rsidRDefault="00061A93" w:rsidP="00390532">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005832B5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Медиа и ИКТ-технологии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="44F9BA67" w14:textId="6CEE40E9" w:rsidR="004870DB" w:rsidRPr="005832B5" w:rsidRDefault="004870DB" w:rsidP="005832B5">
+          <w:p w14:paraId="44F9BA67" w14:textId="6CEE40E9" w:rsidR="00061A93" w:rsidRPr="005832B5" w:rsidRDefault="00061A93" w:rsidP="00390532">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Открытая районная</w:t>
             </w:r>
             <w:r w:rsidRPr="005832B5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> олимпиада по программированию</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B70CC59" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="005832B5" w:rsidRDefault="004870DB" w:rsidP="005832B5">
+          <w:p w14:paraId="3B70CC59" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="005832B5" w:rsidRDefault="00061A93" w:rsidP="00390532">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="715C3E62" w14:textId="792CDB7A" w:rsidR="004870DB" w:rsidRPr="005832B5" w:rsidRDefault="004870DB" w:rsidP="005832B5">
+          <w:p w14:paraId="715C3E62" w14:textId="792CDB7A" w:rsidR="00061A93" w:rsidRPr="005832B5" w:rsidRDefault="00061A93" w:rsidP="00390532">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005832B5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7AD21D73" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="001E10E2" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="7AD21D73" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00390532">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="69C0BBB0" w14:textId="65E9DDA9" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="00C948A2" w:rsidP="00DD7E21">
+          <w:p w14:paraId="69C0BBB0" w14:textId="65E9DDA9" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00390532">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
-              <w:r w:rsidR="004870DB" w:rsidRPr="00DD7E21">
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r w:rsidRPr="00DD7E21">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="1517D7A0" w14:textId="77777777" w:rsidTr="00723E3E">
-[...37 lines deleted...]
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="248C1F43" w14:textId="77777777" w:rsidTr="00DD7E21">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="2DC1CF45" w14:textId="77777777" w:rsidTr="00DD7E21">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...13 lines deleted...]
-            </w:r>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="4E908F30" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="005832B5" w:rsidRDefault="00061A93" w:rsidP="00390532">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:position w:val="-1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7DEA92D8" w14:textId="324BF00D" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="1AD1FEA7" w14:textId="40CD8F67" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00390532">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...23 lines deleted...]
-              <w:t xml:space="preserve"> «Талисман БДД-2026»</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Фестиваль </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F585C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«Цифровой рассказ» (Цифра)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B105F28" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="05231AD2" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="005832B5" w:rsidRDefault="00061A93" w:rsidP="00390532">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E1F5095" w14:textId="1B7DDE30" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
-[...14 lines deleted...]
-              <w:t>ЦДЮТТ</w:t>
+          <w:p w14:paraId="2EC8AF13" w14:textId="29033404" w:rsidR="00061A93" w:rsidRPr="005832B5" w:rsidRDefault="00061A93" w:rsidP="00390532">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ИМЦ (ЦИК)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02632FD0" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="001E10E2" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="63F13C00" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00390532">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="322DDD36" w14:textId="46C19F98" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="00C948A2" w:rsidP="00DD7E21">
-[...9 lines deleted...]
-              <w:r w:rsidR="004870DB" w:rsidRPr="00DD7E21">
+          <w:p w14:paraId="3897AC82" w14:textId="7AEF4FDF" w:rsidR="00061A93" w:rsidRDefault="00061A93" w:rsidP="00390532">
+            <w:pPr>
+              <w:pBdr>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="top"/>
+              <w:outlineLvl w:val="0"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r w:rsidRPr="004E0F2B">
+                <w:rPr>
+                  <w:rStyle w:val="a4"/>
+                </w:rPr>
+                <w:t>https://imc.kirov.spb.ru/index.php/deyatelnost/meropriyatiya-ikt-napravlennosti/festival-tsifra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="52DE758D" w14:textId="77777777" w:rsidTr="00DD7E21">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="10" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2263" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="10B1AC1E" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="005832B5" w:rsidRDefault="00061A93" w:rsidP="00316CD4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:position w:val="-1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="499A9B36" w14:textId="77777777" w:rsidR="00061A93" w:rsidRDefault="00061A93" w:rsidP="00316CD4">
+            <w:pPr>
+              <w:pBdr>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="top"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00390532">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Фестиваль </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B24A83C" w14:textId="4B413405" w:rsidR="00061A93" w:rsidRDefault="00061A93" w:rsidP="00316CD4">
+            <w:pPr>
+              <w:pBdr>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="top"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00390532">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>легоконструирования и робототехники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1856B528" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="005832B5" w:rsidRDefault="00061A93" w:rsidP="00316CD4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="51706B37" w14:textId="1F756FA5" w:rsidR="00061A93" w:rsidRDefault="00061A93" w:rsidP="00316CD4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ИМЦ (ЦИК)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1570" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60CDF2D9" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00316CD4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3807" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57EA4ED0" w14:textId="7748DFE2" w:rsidR="00061A93" w:rsidRDefault="00061A93" w:rsidP="00316CD4">
+            <w:pPr>
+              <w:pBdr>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="top"/>
+              <w:outlineLvl w:val="0"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r w:rsidRPr="004E0F2B">
+                <w:rPr>
+                  <w:rStyle w:val="a4"/>
+                </w:rPr>
+                <w:t>https://imc.kirov.spb.ru/index.php/deyatelnost/meropriyatiya-ikt-napravlennosti/festival-legokonstruirovaniya-i-robototekhniki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="2999057C" w14:textId="77777777" w:rsidTr="00DD7E21">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="10" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2263" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="6A890399" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="005832B5" w:rsidRDefault="00061A93" w:rsidP="006E3ADF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:position w:val="-1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="255BF474" w14:textId="43C92A89" w:rsidR="00061A93" w:rsidRPr="00390532" w:rsidRDefault="00061A93" w:rsidP="006E3ADF">
+            <w:pPr>
+              <w:pBdr>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="top"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Районный конкурс </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00371BA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«Мой город в формате 3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00371BA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00371BA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="53BDC0E2" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="005832B5" w:rsidRDefault="00061A93" w:rsidP="006E3ADF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="319D8787" w14:textId="17718FE8" w:rsidR="00061A93" w:rsidRDefault="00061A93" w:rsidP="006E3ADF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ИМЦ (ЦИК)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1570" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03650F54" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="006E3ADF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3807" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5709AF5A" w14:textId="7AAA6B5A" w:rsidR="00061A93" w:rsidRDefault="00061A93" w:rsidP="006E3ADF">
+            <w:pPr>
+              <w:pBdr>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="top"/>
+              <w:outlineLvl w:val="0"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r w:rsidRPr="00952938">
+                <w:rPr>
+                  <w:rStyle w:val="a4"/>
+                </w:rPr>
+                <w:t>https://imc.kirov.spb.ru/index.php/deyatelnost/meropriyatiya-ikt-napravlennosti/konkurs-moj-gorod-v-formate-3d</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="4B88350E" w14:textId="77777777" w:rsidTr="00DD7E21">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="10" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2263" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="559BAB16" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="005832B5" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:position w:val="-1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="67C10752" w14:textId="77777777" w:rsidR="00061A93" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:pBdr>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="top"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Конкурс </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00061A93">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>компьютерных работ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4FFF3EC4" w14:textId="7342C4F4" w:rsidR="00061A93" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:pBdr>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="top"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>учащихся Кировского района</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E17B288" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="005832B5" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E28D044" w14:textId="638AC19F" w:rsidR="00061A93" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ИМЦ (ЦИК)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1570" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3ECA97C5" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3807" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D2D3CF3" w14:textId="5D32C9B3" w:rsidR="00061A93" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:pBdr>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="top"/>
+              <w:outlineLvl w:val="0"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r w:rsidRPr="00952938">
+                <w:rPr>
+                  <w:rStyle w:val="a4"/>
+                </w:rPr>
+                <w:t>https://imc.kirov.spb.ru/index.php/deyatelnost/meropriyatiya-ikt-napravlennosti/konkurs-kompyuternykh-rabot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="1517D7A0" w14:textId="77777777" w:rsidTr="00723E3E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="15021" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1627EF66" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00B828EC" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Но</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B828EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ябрь 2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="248C1F43" w14:textId="77777777" w:rsidTr="00DD7E21">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="10" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2263" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EB7D81C" w14:textId="2426FAFC" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD7E21">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Предметные конкурсы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DEA92D8" w14:textId="324BF00D" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:pBdr>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="top"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD7E21">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Открытый творческий конкурс Кировского района</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD7E21">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Талисман БДД-2026»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B105F28" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E1F5095" w14:textId="1B7DDE30" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD7E21">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ЦДЮТТ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1570" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02632FD0" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3807" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="322DDD36" w14:textId="46C19F98" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r w:rsidRPr="00DD7E21">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="3EA288A6" w14:textId="77777777" w:rsidTr="00DD7E21">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="3EA288A6" w14:textId="77777777" w:rsidTr="00DD7E21">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="5F806134" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="5F806134" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5B1DEA1F" w14:textId="2644EC74" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="5B1DEA1F" w14:textId="2644EC74" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Районный конкурс отрядов ЮИД</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> «Я заметен на дороге!»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25AB861F" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="25AB861F" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40452B74" w14:textId="61D98A6C" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="40452B74" w14:textId="61D98A6C" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="38A0D2F7" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="001E10E2" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="38A0D2F7" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0CCA0EB2" w14:textId="5BAD6584" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="00C948A2" w:rsidP="00DD7E21">
+          <w:p w14:paraId="0CCA0EB2" w14:textId="5BAD6584" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
-              <w:r w:rsidR="004870DB" w:rsidRPr="00DD7E21">
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r w:rsidRPr="00DD7E21">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="312C1BF6" w14:textId="77777777" w:rsidTr="00DD7E21">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="312C1BF6" w14:textId="77777777" w:rsidTr="00DD7E21">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="53F45A91" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="53F45A91" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="604342C4" w14:textId="3D2FEDCA" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="604342C4" w14:textId="3D2FEDCA" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Районный этап регионального фестиваля</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> «Молодое поколение за безопасное будущее»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F654E18" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="0F654E18" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C71AFFB" w14:textId="63D989E3" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="3C71AFFB" w14:textId="63D989E3" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7079120A" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="001E10E2" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="7079120A" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6FB5EC03" w14:textId="2B8BC399" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="00C948A2" w:rsidP="00DD7E21">
-[...9 lines deleted...]
-              <w:r w:rsidR="004870DB" w:rsidRPr="00DD7E21">
+          <w:p w14:paraId="6FB5EC03" w14:textId="2B8BC399" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r w:rsidRPr="00DD7E21">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="19C8525E" w14:textId="77777777" w:rsidTr="00DD7E21">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="19C8525E" w14:textId="77777777" w:rsidTr="00DD7E21">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="51A5B098" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="51A5B098" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5C749314" w14:textId="72C23B71" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="5C749314" w14:textId="72C23B71" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Районный этап регионального открытого конкурса детского творчества </w:t>
             </w:r>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>«Дорога и мы»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7F3B5AA0" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="7F3B5AA0" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2310AFB3" w14:textId="23C6A1FE" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="2310AFB3" w14:textId="23C6A1FE" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52313E5E" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="001E10E2" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="52313E5E" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="46327BE8" w14:textId="16416385" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="00C948A2" w:rsidP="00DD7E21">
-[...9 lines deleted...]
-              <w:r w:rsidR="004870DB" w:rsidRPr="00DD7E21">
+          <w:p w14:paraId="46327BE8" w14:textId="16416385" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r w:rsidRPr="00DD7E21">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="5FA35B0F" w14:textId="77777777" w:rsidTr="00DD7E21">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="5FA35B0F" w14:textId="77777777" w:rsidTr="00DD7E21">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="7CAF2979" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="7CAF2979" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="66D6FF5D" w14:textId="206F4ED2" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="66D6FF5D" w14:textId="206F4ED2" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Открытая районная олимпиада по математике</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="610F8F17" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="610F8F17" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2CF14C4F" w14:textId="3CCACFE7" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="2CF14C4F" w14:textId="3CCACFE7" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="40093C34" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="001E10E2" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="40093C34" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D577800" w14:textId="4B969D32" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="00C948A2" w:rsidP="00DD7E21">
+          <w:p w14:paraId="3D577800" w14:textId="4B969D32" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
-              <w:r w:rsidR="004870DB" w:rsidRPr="00DD7E21">
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r w:rsidRPr="00DD7E21">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="52D573DF" w14:textId="77777777" w:rsidTr="00DD7E21">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="52D573DF" w14:textId="77777777" w:rsidTr="00DD7E21">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="3B862C0D" w14:textId="704D362E" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="3B862C0D" w14:textId="704D362E" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Наука и технология</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2554C5B7" w14:textId="60B4354D" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="2554C5B7" w14:textId="60B4354D" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Районный научно-познавательный конкурс</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> «Леонардо ХХI века»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4031D2E6" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="4031D2E6" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="52749E17" w14:textId="5C5F0CC1" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="52749E17" w14:textId="5C5F0CC1" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5EE1BEB5" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="001E10E2" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="5EE1BEB5" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="155E043E" w14:textId="54C66F6C" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="00C948A2" w:rsidP="00DD7E21">
+          <w:p w14:paraId="155E043E" w14:textId="54C66F6C" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
-              <w:r w:rsidR="004870DB" w:rsidRPr="00DD7E21">
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r w:rsidRPr="00DD7E21">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="03E6D651" w14:textId="77777777" w:rsidTr="00DD7E21">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="03E6D651" w14:textId="77777777" w:rsidTr="00DD7E21">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="0A2455FD" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="0A2455FD" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F037DDD" w14:textId="7C6DBAFD" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="2F037DDD" w14:textId="7C6DBAFD" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Открытый районный конкурс детских изобретений и творческих работ</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> «Оригами – придумываем сами»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34004E8B" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="34004E8B" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0AD1FA60" w14:textId="6B82973E" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="0AD1FA60" w14:textId="6B82973E" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="347EDA1E" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="001E10E2" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="347EDA1E" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01826EF1" w14:textId="0BF127AD" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="00C948A2" w:rsidP="00DD7E21">
+          <w:p w14:paraId="01826EF1" w14:textId="0BF127AD" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
-              <w:r w:rsidR="004870DB" w:rsidRPr="00DD7E21">
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r w:rsidRPr="00DD7E21">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="7CEEAAE8" w14:textId="77777777" w:rsidTr="00DD7E21">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="7CEEAAE8" w14:textId="77777777" w:rsidTr="00DD7E21">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="0B8027FE" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="0B8027FE" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E8AF9D7" w14:textId="18AB6AF5" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="4E8AF9D7" w14:textId="18AB6AF5" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>День Науки в ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="449F7A48" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="449F7A48" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3522F971" w14:textId="39F51EF1" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="3522F971" w14:textId="39F51EF1" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19C8435D" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="001E10E2" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="19C8435D" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="32CCFC0F" w14:textId="0BB0D766" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="00C948A2" w:rsidP="00DD7E21">
+          <w:p w14:paraId="32CCFC0F" w14:textId="0BB0D766" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
-              <w:r w:rsidR="004870DB" w:rsidRPr="00DD7E21">
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r w:rsidRPr="00DD7E21">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="4F8E1A4D" w14:textId="77777777" w:rsidTr="00DD7E21">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="4F8E1A4D" w14:textId="77777777" w:rsidTr="00DD7E21">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D56878D" w14:textId="305F76DF" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="3D56878D" w14:textId="305F76DF" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Труд, профессии и свое дело</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B9B0CE1" w14:textId="12E263DA" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="3B9B0CE1" w14:textId="12E263DA" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Районный профориентационный конкурс среди обучающихся   государственных образовательных учреждений Кировского района Санкт – Петербурга</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> «#</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t xml:space="preserve"> «#Селфи_с_Профи»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4649F9B7" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EFDC37D" w14:textId="2F1ED048" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...53 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08415C5E" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="001E10E2" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="08415C5E" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E814057" w14:textId="4C293425" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="00C948A2" w:rsidP="00DD7E21">
+          <w:p w14:paraId="4E814057" w14:textId="4C293425" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
-              <w:r w:rsidR="004870DB" w:rsidRPr="00DD7E21">
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r w:rsidRPr="00DD7E21">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="4039D902" w14:textId="77777777" w:rsidTr="00DD7E21">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="4039D902" w14:textId="77777777" w:rsidTr="00DD7E21">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A854286" w14:textId="5BB9C6D2" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="2A854286" w14:textId="5BB9C6D2" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Культура и искусство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5555D2CA" w14:textId="121D6735" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="00C948A2" w:rsidP="00DD7E21">
-[...9 lines deleted...]
-              <w:r w:rsidR="004870DB" w:rsidRPr="00DD7E21">
+          <w:p w14:paraId="5555D2CA" w14:textId="121D6735" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r w:rsidRPr="00DD7E21">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Открытый районный фестиваль танцевальных коллективов </w:t>
               </w:r>
-              <w:r w:rsidR="004870DB" w:rsidRPr="00DD7E21">
+              <w:r w:rsidRPr="00DD7E21">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:br/>
               </w:r>
-              <w:r w:rsidR="004870DB" w:rsidRPr="00DD7E21">
+              <w:r w:rsidRPr="00DD7E21">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:b/>
                   <w:bCs/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>«Веселые каблучки»</w:t>
               </w:r>
-              <w:r w:rsidR="004870DB" w:rsidRPr="00DD7E21">
+              <w:r w:rsidRPr="00DD7E21">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> в 2025-2026 учебном году</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="58846D7E" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="58846D7E" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B695A01" w14:textId="76506D6A" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="6B695A01" w14:textId="76506D6A" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ДДЮТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43AED365" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="001E10E2" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="43AED365" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="24F0AD6C" w14:textId="7EAC23B1" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="00C948A2" w:rsidP="00DD7E21">
-[...9 lines deleted...]
-              <w:r w:rsidR="004870DB" w:rsidRPr="00DD7E21">
+          <w:p w14:paraId="24F0AD6C" w14:textId="7EAC23B1" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r w:rsidRPr="00DD7E21">
                 <w:rPr>
                   <w:rStyle w:val="a4"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://cloud.mail.ru/public/vewd/qwbN9qE3C</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="41A91014" w14:textId="77777777" w:rsidTr="00DD7E21">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="41A91014" w14:textId="77777777" w:rsidTr="00DD7E21">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="2E981220" w14:textId="039C5EA0" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="2E981220" w14:textId="039C5EA0" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Патриотическое направление</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1AFC25BA" w14:textId="26E244B2" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="1AFC25BA" w14:textId="26E244B2" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Районный этап региональной историко-краеведческой конференции школьников «Война. Блокада. Ленинград»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="56400AB7" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="56400AB7" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="71E7E685" w14:textId="6AB9D6BC" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="71E7E685" w14:textId="6AB9D6BC" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ДДЮТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68836690" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="001E10E2" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="68836690" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="14029209" w14:textId="2CE22E4B" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="00C948A2" w:rsidP="00DD7E21">
-[...9 lines deleted...]
-              <w:r w:rsidR="004870DB" w:rsidRPr="00DD7E21">
+          <w:p w14:paraId="14029209" w14:textId="2CE22E4B" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r w:rsidRPr="00DD7E21">
                 <w:rPr>
                   <w:rStyle w:val="a4"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://clck.ru/3Mm6ZS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="48E0DDEB" w14:textId="77777777" w:rsidTr="00DD7E21">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="48E0DDEB" w14:textId="77777777" w:rsidTr="00DD7E21">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="0DDA9A92" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="0DDA9A92" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16689B93" w14:textId="0D0D1AE6" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="16689B93" w14:textId="0D0D1AE6" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Районный этап регионального смотра-конкурса</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">по строевой подготовке </w:t>
             </w:r>
@@ -6746,794 +8006,1619 @@
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>среди обучающихся образовательных организаций Кировского района</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve"> Санкт-Петербурга</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="46250349" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="46250349" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="14FBD9CB" w14:textId="538530B0" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="14FBD9CB" w14:textId="538530B0" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ДДЮТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1CDF0528" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="001E10E2" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="1CDF0528" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="32D5A327" w14:textId="7C16C9C9" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="00C948A2" w:rsidP="00DD7E21">
-[...9 lines deleted...]
-              <w:r w:rsidR="004870DB" w:rsidRPr="00DD7E21">
+          <w:p w14:paraId="32D5A327" w14:textId="7C16C9C9" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r w:rsidRPr="00DD7E21">
                 <w:rPr>
                   <w:rStyle w:val="a4"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://clck.ru/3Mm89w</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="2C108720" w14:textId="77777777" w:rsidTr="00DD7E21">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="2C108720" w14:textId="77777777" w:rsidTr="00DD7E21">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="25A9A204" w14:textId="1DA56A5D" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="25A9A204" w14:textId="1DA56A5D" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Спортивной направленности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="77B92F2B" w14:textId="4ACD9756" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="00C948A2" w:rsidP="00DD7E21">
-[...9 lines deleted...]
-              <w:r w:rsidR="004870DB" w:rsidRPr="00DD7E21">
+          <w:p w14:paraId="77B92F2B" w14:textId="4ACD9756" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r w:rsidRPr="00DD7E21">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Открытое районное </w:t>
               </w:r>
-              <w:r w:rsidR="004870DB" w:rsidRPr="00DD7E21">
+              <w:r w:rsidRPr="00DD7E21">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:b/>
                   <w:bCs/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t xml:space="preserve">лично-командное первенство по стрельбе из пневматического оружия </w:t>
               </w:r>
-              <w:r w:rsidR="004870DB" w:rsidRPr="00DD7E21">
+              <w:r w:rsidRPr="00DD7E21">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>среди учащихся образовательных учреждений Санкт-Петербурга</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16537BE9" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="16537BE9" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1BC553B7" w14:textId="7226DA0F" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="1BC553B7" w14:textId="7226DA0F" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ДДЮТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C29648D" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="001E10E2" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="7C29648D" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5B036397" w14:textId="11481C5C" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="00C948A2" w:rsidP="00DD7E21">
-[...9 lines deleted...]
-              <w:r w:rsidR="004870DB" w:rsidRPr="00DD7E21">
+          <w:p w14:paraId="5B036397" w14:textId="11481C5C" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r w:rsidRPr="00DD7E21">
                 <w:rPr>
                   <w:rStyle w:val="a4"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://cloud.mail.ru/public/Dqd9/s13UvSVaz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="5757B31A" w14:textId="77777777" w:rsidTr="00DD7E21">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="5757B31A" w14:textId="77777777" w:rsidTr="00DD7E21">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="501CC866" w14:textId="1F08B924" w:rsidR="004870DB" w:rsidRPr="001E10E2" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="501CC866" w14:textId="1F08B924" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B40D3F5" w14:textId="4C339768" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="7B40D3F5" w14:textId="4C339768" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Муниципальные квалификационные турниры по шахматам</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01105538" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="01105538" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6AA1F884" w14:textId="7A2D4CF1" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="6AA1F884" w14:textId="7A2D4CF1" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="62C7E27A" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="001E10E2" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="62C7E27A" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="294857A9" w14:textId="16749E1C" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="00C948A2" w:rsidP="00DD7E21">
+          <w:p w14:paraId="294857A9" w14:textId="16749E1C" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
-              <w:r w:rsidR="004870DB" w:rsidRPr="00DD7E21">
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r w:rsidRPr="00DD7E21">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="5B0A0B4A" w14:textId="77777777" w:rsidTr="00DD7E21">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="5B0A0B4A" w14:textId="77777777" w:rsidTr="00DD7E21">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="48737FE2" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="001E10E2" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="48737FE2" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="11FDD074" w14:textId="72445076" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="11FDD074" w14:textId="72445076" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Региональный шахматный фестиваль</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> «Ноябрьские игры -2025»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5132B354" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="5132B354" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="21167868" w14:textId="46D41168" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="21167868" w14:textId="46D41168" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7615EDEB" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="001E10E2" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="7615EDEB" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="42553CCB" w14:textId="50AC8FE2" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="00C948A2" w:rsidP="00DD7E21">
-[...9 lines deleted...]
-              <w:r w:rsidR="004870DB" w:rsidRPr="00DD7E21">
+          <w:p w14:paraId="42553CCB" w14:textId="50AC8FE2" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r w:rsidRPr="00DD7E21">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="3C3AC1A0" w14:textId="77777777" w:rsidTr="00723E3E">
-[...37 lines deleted...]
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="216EA83B" w14:textId="77777777" w:rsidTr="00DD7E21">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="77FBA1B6" w14:textId="77777777" w:rsidTr="009A65FF">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="3522FAB5" w14:textId="71752628" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="67D36DCD" w14:textId="0B77ACEB" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E3616">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:position w:val="-1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Медиа и ИКТ-технологии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DE692E9" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00717DCA" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:pBdr>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="top"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00717DCA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Районный тур городского конкурса </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35283F9E" w14:textId="019EC98B" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:pBdr>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="top"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00717DCA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>«Я познаю мир»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="641D6AAF" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5792B70E" w14:textId="43A68541" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ИМЦ (ЦИК)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1570" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32857B1D" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3807" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="45D0D802" w14:textId="6652EB73" w:rsidR="00061A93" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r w:rsidRPr="004E0F2B">
+                <w:rPr>
+                  <w:rStyle w:val="a4"/>
+                </w:rPr>
+                <w:t>https://imc.kirov.spb.ru/index.php/deyatelnost/meropriyatiya-ikt-napravlennosti/gorodskoj-konkurs-ya-poznayu-mir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="74519058" w14:textId="77777777" w:rsidTr="007C3E52">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="10" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2263" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="04C2CAFA" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:position w:val="-1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FF1851A" w14:textId="1DB7A787" w:rsidR="00061A93" w:rsidRPr="00717DCA" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:pBdr>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="top"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Фестиваль </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F585C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«Цифровой рассказ» (Цифра)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F8C1DB3" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D5C1B0B" w14:textId="29A29ED7" w:rsidR="00061A93" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ИМЦ (ЦИК)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1570" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4186459F" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3807" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5729A952" w14:textId="5EB46BCE" w:rsidR="00061A93" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r w:rsidRPr="004E0F2B">
+                <w:rPr>
+                  <w:rStyle w:val="a4"/>
+                </w:rPr>
+                <w:t>https://imc.kirov.spb.ru/index.php/deyatelnost/meropriyatiya-ikt-napravlennosti/festival-tsifra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="67766F64" w14:textId="77777777" w:rsidTr="007C3E52">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="10" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2263" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="3EEE65EB" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:position w:val="-1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="71A3C7FD" w14:textId="77777777" w:rsidR="00061A93" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:pBdr>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="top"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00390532">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Фестиваль </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5AC8B1E0" w14:textId="333C2813" w:rsidR="00061A93" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:pBdr>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="top"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00390532">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>легоконструирования и робототехники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="605CBF7B" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="612ABB1B" w14:textId="25DA41C9" w:rsidR="00061A93" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ИМЦ (ЦИК)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1570" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F58EA74" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3807" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="51273058" w14:textId="411A908A" w:rsidR="00061A93" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r w:rsidRPr="004E0F2B">
+                <w:rPr>
+                  <w:rStyle w:val="a4"/>
+                </w:rPr>
+                <w:t>https://imc.kirov.spb.ru/index.php/deyatelnost/meropriyatiya-ikt-napravlennosti/festival-legokonstruirovaniya-i-robototekhniki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="52AF7485" w14:textId="77777777" w:rsidTr="007C3E52">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="10" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2263" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="679E87FE" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:position w:val="-1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="47D41302" w14:textId="42FE299D" w:rsidR="00061A93" w:rsidRPr="00390532" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:pBdr>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="top"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Районный конкурс </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00371BA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«Мой город в формате 3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00371BA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00371BA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DEA179B" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08987406" w14:textId="2B8F316C" w:rsidR="00061A93" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ИМЦ (ЦИК)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1570" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BA7AE12" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3807" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4ACDC29A" w14:textId="2F67B75B" w:rsidR="00061A93" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r w:rsidRPr="00952938">
+                <w:rPr>
+                  <w:rStyle w:val="a4"/>
+                </w:rPr>
+                <w:t>https://imc.kirov.spb.ru/index.php/deyatelnost/meropriyatiya-ikt-napravlennosti/konkurs-moj-gorod-v-formate-3d</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="0E62F199" w14:textId="77777777" w:rsidTr="007C3E52">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="10" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2263" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="50D0ED38" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:position w:val="-1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7266853F" w14:textId="77777777" w:rsidR="00061A93" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:pBdr>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="top"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Конкурс </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00061A93">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>компьютерных работ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A294B44" w14:textId="6212B187" w:rsidR="00061A93" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:pBdr>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="top"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>учащихся Кировского района</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D396C50" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EFCEF3C" w14:textId="02317AC3" w:rsidR="00061A93" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ИМЦ (ЦИК)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1570" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0872B727" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3807" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="33E90B4A" w14:textId="3F3F41D6" w:rsidR="00061A93" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r w:rsidRPr="00952938">
+                <w:rPr>
+                  <w:rStyle w:val="a4"/>
+                </w:rPr>
+                <w:t>https://imc.kirov.spb.ru/index.php/deyatelnost/meropriyatiya-ikt-napravlennosti/konkurs-kompyuternykh-rabot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="3C3AC1A0" w14:textId="77777777" w:rsidTr="00723E3E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="15021" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="75AE5689" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Декабрь </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B828EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="216EA83B" w14:textId="77777777" w:rsidTr="00DD7E21">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="10" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2263" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="3522FAB5" w14:textId="71752628" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Предметные конкурсы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="19F8B498" w14:textId="58560E0B" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="19F8B498" w14:textId="58560E0B" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Конкурс</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> чтецов на английском языке</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7534DF97" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="7534DF97" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0872A2CA" w14:textId="123929D5" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="0872A2CA" w14:textId="123929D5" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ИМЦ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="30DBC779" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="001E10E2" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="30DBC779" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A80273F" w14:textId="41CFBD59" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="00C948A2" w:rsidP="00DD7E21">
+          <w:p w14:paraId="7A80273F" w14:textId="41CFBD59" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
-              <w:r w:rsidR="004870DB" w:rsidRPr="00DD7E21">
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r w:rsidRPr="00DD7E21">
                 <w:rPr>
                   <w:rStyle w:val="a4"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://cloud.mail.ru/</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="301CB15B" w14:textId="77777777" w:rsidTr="00DD7E21">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="301CB15B" w14:textId="77777777" w:rsidTr="00DD7E21">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="7A1B4398" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="7A1B4398" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="02FD1DFA" w14:textId="54A851C6" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="02FD1DFA" w14:textId="54A851C6" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Районный конкурс компьютерных листовок</w:t>
@@ -7544,480 +9629,480 @@
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> «Безопасность на дороге – дело каждого!» </w:t>
             </w:r>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>среди отрядов ЮИД Кировского района Санкт – Петербурга</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4373A7C2" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="4373A7C2" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="46F79033" w14:textId="079EAB56" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="46F79033" w14:textId="079EAB56" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2263D364" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="001E10E2" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="2263D364" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6AB15527" w14:textId="0278628B" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="00C948A2" w:rsidP="00DD7E21">
+          <w:p w14:paraId="6AB15527" w14:textId="0278628B" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
-              <w:r w:rsidR="004870DB" w:rsidRPr="00DD7E21">
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r w:rsidRPr="00DD7E21">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="375E2C05" w14:textId="77777777" w:rsidTr="00DD7E21">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="375E2C05" w14:textId="77777777" w:rsidTr="00DD7E21">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="1E8418BC" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="1E8418BC" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4CB59A52" w14:textId="708C6269" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="4CB59A52" w14:textId="708C6269" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Районный этап регионального открытого конкурса детского творчества </w:t>
             </w:r>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>«Дорога и мы»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6DEE1434" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="6DEE1434" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6189F59E" w14:textId="072EA23E" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="6189F59E" w14:textId="072EA23E" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="04A08971" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="001E10E2" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="04A08971" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1DC55BC4" w14:textId="20C87C2A" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="00C948A2" w:rsidP="00DD7E21">
+          <w:p w14:paraId="1DC55BC4" w14:textId="20C87C2A" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
-              <w:r w:rsidR="004870DB" w:rsidRPr="00DD7E21">
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r w:rsidRPr="00DD7E21">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="59A9059E" w14:textId="77777777" w:rsidTr="00DD7E21">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="59A9059E" w14:textId="77777777" w:rsidTr="00DD7E21">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3BBFBF6A" w14:textId="77DD88FB" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="3BBFBF6A" w14:textId="77DD88FB" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Наука и технология</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="461F08A5" w14:textId="3604C87E" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="461F08A5" w14:textId="3604C87E" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Районный научно-познавательный конкурс</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> «Леонардо ХХI века»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F9B7231" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="2F9B7231" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="797889E1" w14:textId="61ABCAAD" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="797889E1" w14:textId="61ABCAAD" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="204E72E7" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="001E10E2" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="204E72E7" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C9ACCA0" w14:textId="0FCC8D52" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="00C948A2" w:rsidP="00DD7E21">
+          <w:p w14:paraId="7C9ACCA0" w14:textId="0FCC8D52" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
-              <w:r w:rsidR="004870DB" w:rsidRPr="00DD7E21">
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r w:rsidRPr="00DD7E21">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="40F6D330" w14:textId="77777777" w:rsidTr="00DD7E21">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="40F6D330" w14:textId="77777777" w:rsidTr="00DD7E21">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="054604F9" w14:textId="214815E3" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="054604F9" w14:textId="214815E3" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Труд, профессии и свое дело</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A396CD7" w14:textId="045117A5" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="6A396CD7" w14:textId="045117A5" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
@@ -8029,2437 +10114,3267 @@
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> «Моя будущая профессия» </w:t>
             </w:r>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>среди учащихся государственных общеобразовательных учреждений Кировского района Санкт-Петербурга</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="381170A3" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="381170A3" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="101AF2B6" w14:textId="2F7FD8D3" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="101AF2B6" w14:textId="2F7FD8D3" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74DDED41" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="001E10E2" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="74DDED41" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="00E3DF36" w14:textId="78DF87E1" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="00C948A2" w:rsidP="00DD7E21">
+          <w:p w14:paraId="00E3DF36" w14:textId="78DF87E1" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
-              <w:r w:rsidR="004870DB" w:rsidRPr="00DD7E21">
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r w:rsidRPr="00DD7E21">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="0A4A6711" w14:textId="77777777" w:rsidTr="00DD7E21">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="0A4A6711" w14:textId="77777777" w:rsidTr="00DD7E21">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="62A15717" w14:textId="30ED3BF1" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="62A15717" w14:textId="30ED3BF1" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Культура и искусство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6296FA99" w14:textId="0BDBA4E2" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="6296FA99" w14:textId="0BDBA4E2" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Открытый районный конкурс - выставка детского творчества</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> «Чудеса под Новый год» </w:t>
             </w:r>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>для детей с ограниченными возможностями здоровья</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5518B957" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="5518B957" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="308B1ED1" w14:textId="3D9D5528" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="308B1ED1" w14:textId="3D9D5528" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6429F417" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="001E10E2" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="6429F417" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="38861117" w14:textId="6C4D0FA6" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="00C948A2" w:rsidP="00DD7E21">
+          <w:p w14:paraId="38861117" w14:textId="6C4D0FA6" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
-              <w:r w:rsidR="004870DB" w:rsidRPr="00DD7E21">
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r w:rsidRPr="00DD7E21">
                 <w:rPr>
                   <w:rStyle w:val="a4"/>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="72FA9231" w14:textId="77777777" w:rsidTr="00DD7E21">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="72FA9231" w14:textId="77777777" w:rsidTr="00DD7E21">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="2D389B27" w14:textId="08935EEF" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="2D389B27" w14:textId="08935EEF" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Патриотическое направление</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6FA4F817" w14:textId="763289C1" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="00C948A2" w:rsidP="00DD7E21">
-[...9 lines deleted...]
-              <w:r w:rsidR="004870DB" w:rsidRPr="00DD7E21">
+          <w:p w14:paraId="6FA4F817" w14:textId="763289C1" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r w:rsidRPr="00DD7E21">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Районный этап конкурса краеведческих исследовательских и проектных работ </w:t>
               </w:r>
-              <w:r w:rsidR="004870DB" w:rsidRPr="00DD7E21">
+              <w:r w:rsidRPr="00DD7E21">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:b/>
                   <w:bCs/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
+                <w:lastRenderedPageBreak/>
                 <w:t>«Отечество: история, культура, природа, этнос»</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26CE6ACA" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="26CE6ACA" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="57E39887" w14:textId="22C8B7FC" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="57E39887" w14:textId="22C8B7FC" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ДДЮТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="515F6861" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="001E10E2" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="515F6861" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="54343C4F" w14:textId="6F5F3BC8" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="00C948A2" w:rsidP="00DD7E21">
-[...9 lines deleted...]
-              <w:r w:rsidR="004870DB" w:rsidRPr="00DD7E21">
+          <w:p w14:paraId="54343C4F" w14:textId="6F5F3BC8" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r w:rsidRPr="00DD7E21">
                 <w:rPr>
                   <w:rStyle w:val="a4"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://clck.ru/3Mm7MY</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="2835E999" w14:textId="77777777" w:rsidTr="00DD7E21">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="2835E999" w14:textId="77777777" w:rsidTr="00DD7E21">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="0DA893E1" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="0DA893E1" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="173DE5B3" w14:textId="3E2395B1" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="173DE5B3" w14:textId="3E2395B1" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Районный конкурс для 6 классов</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> «Марафон знатоков Петербурга»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3CA1B807" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="3CA1B807" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="231DC0A2" w14:textId="330E256C" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="231DC0A2" w14:textId="330E256C" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4773C365" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="001E10E2" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="4773C365" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F1BCA8A" w14:textId="60A75DF6" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="00C948A2" w:rsidP="00DD7E21">
+          <w:p w14:paraId="3F1BCA8A" w14:textId="60A75DF6" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
-              <w:r w:rsidR="004870DB" w:rsidRPr="00DD7E21">
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r w:rsidRPr="00DD7E21">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="79037468" w14:textId="77777777" w:rsidTr="00DD7E21">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="79037468" w14:textId="77777777" w:rsidTr="00DD7E21">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="11C7466F" w14:textId="6102B597" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="11C7466F" w14:textId="6102B597" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Спортивной направленности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="24E5C1B4" w14:textId="4239CABD" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="00C948A2" w:rsidP="00DD7E21">
-[...9 lines deleted...]
-              <w:r w:rsidR="004870DB" w:rsidRPr="00DD7E21">
+          <w:p w14:paraId="24E5C1B4" w14:textId="4239CABD" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r w:rsidRPr="00DD7E21">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Открытое городское </w:t>
               </w:r>
-              <w:r w:rsidR="004870DB" w:rsidRPr="00DD7E21">
+              <w:r w:rsidRPr="00DD7E21">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:b/>
                   <w:bCs/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>лично-командное первенство по стрельбе из оптико-электронного оружия</w:t>
               </w:r>
-              <w:r w:rsidR="004870DB" w:rsidRPr="00DD7E21">
+              <w:r w:rsidRPr="00DD7E21">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> среди обучающихся образовательных учреждений Санкт-Петербурга</w:t>
               </w:r>
-              <w:r w:rsidR="004870DB" w:rsidRPr="00DD7E21">
+              <w:r w:rsidRPr="00DD7E21">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:br/>
                 <w:t>Кировского района Санкт-Петербурга</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D44E4C5" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="1D44E4C5" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="77090CE4" w14:textId="41398198" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="77090CE4" w14:textId="41398198" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ДДЮТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="314070EE" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="001E10E2" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="314070EE" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="103915BC" w14:textId="338555CD" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="00C948A2" w:rsidP="00DD7E21">
-[...9 lines deleted...]
-              <w:r w:rsidR="004870DB" w:rsidRPr="00DD7E21">
+          <w:p w14:paraId="103915BC" w14:textId="338555CD" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r w:rsidRPr="00DD7E21">
                 <w:rPr>
                   <w:rStyle w:val="a4"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://cloud.mail.ru/public/qjxa/wubNjg7Tw</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="315726AB" w14:textId="77777777" w:rsidTr="00DD7E21">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="315726AB" w14:textId="77777777" w:rsidTr="00DD7E21">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="4F9B2DD9" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="4F9B2DD9" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F3AB354" w14:textId="3EB5097D" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="0F3AB354" w14:textId="3EB5097D" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Муниципальные квалификационные турниры по шахматам</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="59FE5AA8" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="59FE5AA8" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0DE8C144" w14:textId="2C320CA7" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="0DE8C144" w14:textId="2C320CA7" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="354B0633" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="001E10E2" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="354B0633" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A39AAB8" w14:textId="2FB57DC9" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="00C948A2" w:rsidP="00DD7E21">
+          <w:p w14:paraId="1A39AAB8" w14:textId="2FB57DC9" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
-              <w:r w:rsidR="004870DB" w:rsidRPr="00DD7E21">
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r w:rsidRPr="00DD7E21">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="7C1B8D88" w14:textId="77777777" w:rsidTr="00DD7E21">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="7C1B8D88" w14:textId="77777777" w:rsidTr="00DD7E21">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="6B9DDAC8" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="6B9DDAC8" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="21DF17C1" w14:textId="6FC6953D" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="21DF17C1" w14:textId="6FC6953D" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="2" w:name="_Hlk200976703"/>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Региональный шахматный фестиваль</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> «Кировский Новогдний-2026»</w:t>
             </w:r>
             <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="069F0C93" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="069F0C93" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1EB2257E" w14:textId="6C0FAF24" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="1EB2257E" w14:textId="6C0FAF24" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="33550E31" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="001E10E2" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="33550E31" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="610E4936" w14:textId="3CF575D0" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="00C948A2" w:rsidP="00DD7E21">
+          <w:p w14:paraId="610E4936" w14:textId="3CF575D0" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
-              <w:r w:rsidR="004870DB" w:rsidRPr="00DD7E21">
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r w:rsidRPr="00DD7E21">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="5C42A63E" w14:textId="77777777" w:rsidTr="00DD7E21">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="5C42A63E" w14:textId="77777777" w:rsidTr="00DD7E21">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1495B2F1" w14:textId="10461B29" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="1495B2F1" w14:textId="10461B29" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Туризм и путешествия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4DFE9673" w14:textId="7BD9DB7F" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="00C948A2" w:rsidP="00DD7E21">
-[...9 lines deleted...]
-              <w:r w:rsidR="004870DB" w:rsidRPr="00DD7E21">
+          <w:p w14:paraId="4DFE9673" w14:textId="7BD9DB7F" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r w:rsidRPr="00DD7E21">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Районный квест </w:t>
               </w:r>
-              <w:r w:rsidR="004870DB" w:rsidRPr="00DD7E21">
+              <w:r w:rsidRPr="00DD7E21">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:b/>
                   <w:bCs/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>«Дорогами героев»</w:t>
               </w:r>
-              <w:r w:rsidR="004870DB" w:rsidRPr="00DD7E21">
+              <w:r w:rsidRPr="00DD7E21">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t xml:space="preserve">  </w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3ADE9DE2" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="3ADE9DE2" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="095BB45B" w14:textId="0D7A9E52" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="095BB45B" w14:textId="0D7A9E52" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ДДЮТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E22C4F4" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="001E10E2" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="1E22C4F4" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="36EA7977" w14:textId="1D3973EA" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="00C948A2" w:rsidP="00DD7E21">
-[...9 lines deleted...]
-              <w:r w:rsidR="004870DB" w:rsidRPr="00DD7E21">
+          <w:p w14:paraId="36EA7977" w14:textId="1D3973EA" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r w:rsidRPr="00DD7E21">
                 <w:rPr>
                   <w:rStyle w:val="a4"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://clck.ru/3Mm5Ke</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="0E5D99F8" w14:textId="77777777" w:rsidTr="00DD7E21">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="0E5D99F8" w14:textId="77777777" w:rsidTr="00DD7E21">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="1BCECE77" w14:textId="7108FAF0" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BCECE77" w14:textId="7108FAF0" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Медиа и ИКТ-технологии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67D36599" w14:textId="339729DD" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="67D36599" w14:textId="339729DD" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Открытый районный конкурс компьютерных работ</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> «Новогодняя поздравительная открытка»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="33ED8B87" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="33ED8B87" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B0E97EE" w14:textId="077DB0EC" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="3B0E97EE" w14:textId="077DB0EC" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="39E74FCA" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="001E10E2" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="39E74FCA" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="79ECD969" w14:textId="402094B3" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="00C948A2" w:rsidP="00DD7E21">
+          <w:p w14:paraId="79ECD969" w14:textId="402094B3" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
-              <w:r w:rsidR="004870DB" w:rsidRPr="00DD7E21">
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r w:rsidRPr="00DD7E21">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="3AB0A7D6" w14:textId="77777777" w:rsidTr="00723E3E">
-[...27 lines deleted...]
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="79F71776" w14:textId="77777777" w:rsidTr="00DD7E21">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="2F9B498A" w14:textId="77777777" w:rsidTr="00F64AE3">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="68D82EA2" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="201097A8" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00717DCA" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:pBdr>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="top"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00717DCA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Районный тур городского конкурса </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4881E7C6" w14:textId="3796CE9D" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:pBdr>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="top"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00717DCA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>«Я познаю мир»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AA5787D" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="790C19EA" w14:textId="2F813AEC" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ИМЦ (ЦИК)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1570" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="604B2349" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3807" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D959C55" w14:textId="0BBE3A11" w:rsidR="00061A93" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:pBdr>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="top"/>
+              <w:outlineLvl w:val="0"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r w:rsidRPr="004E0F2B">
+                <w:rPr>
+                  <w:rStyle w:val="a4"/>
+                </w:rPr>
+                <w:t>https://imc.kirov.spb.ru/index.php/deyatelnost/meropriyatiya-ikt-napravlennosti/gorodskoj-konkurs-ya-poznayu-mir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="56B475F6" w14:textId="77777777" w:rsidTr="00F91B10">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="10" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2263" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="11B7CA0D" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52CF1F5A" w14:textId="7C426AFA" w:rsidR="00061A93" w:rsidRPr="00717DCA" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:pBdr>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="top"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Фестиваль </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F585C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«Цифровой рассказ» (Цифра)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EF2963C" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B7A7421" w14:textId="1B0EF474" w:rsidR="00061A93" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ИМЦ (ЦИК)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1570" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53C60B66" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3807" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FB03A2B" w14:textId="27C4D4E4" w:rsidR="00061A93" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:pBdr>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="top"/>
+              <w:outlineLvl w:val="0"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r w:rsidRPr="004E0F2B">
+                <w:rPr>
+                  <w:rStyle w:val="a4"/>
+                </w:rPr>
+                <w:t>https://imc.kirov.spb.ru/index.php/deyatelnost/meropriyatiya-ikt-napravlennosti/festival-tsifra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="5006DD1B" w14:textId="77777777" w:rsidTr="00F91B10">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="10" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2263" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="098CC829" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="78E771D5" w14:textId="6B975E9B" w:rsidR="00061A93" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:pBdr>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="top"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Районный конкурс </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00371BA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«Мой город в формате 3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00371BA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00371BA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6206E745" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DE33BAD" w14:textId="29153F78" w:rsidR="00061A93" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ИМЦ (ЦИК)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1570" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51752E1E" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3807" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="17771FAD" w14:textId="2F30AC72" w:rsidR="00061A93" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:pBdr>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="top"/>
+              <w:outlineLvl w:val="0"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r w:rsidRPr="00952938">
+                <w:rPr>
+                  <w:rStyle w:val="a4"/>
+                </w:rPr>
+                <w:t>https://imc.kirov.spb.ru/index.php/deyatelnost/meropriyatiya-ikt-napravlennosti/konkurs-moj-gorod-v-formate-3d</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="3AEFAF8A" w14:textId="77777777" w:rsidTr="00F91B10">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="10" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2263" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="5DB1B636" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FCB2CEE" w14:textId="77777777" w:rsidR="00061A93" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:pBdr>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="top"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Конкурс </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00061A93">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>компьютерных работ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05A81E4C" w14:textId="00875DD6" w:rsidR="00061A93" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:pBdr>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="top"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>учащихся Кировского района</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D9EF392" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="75F2F716" w14:textId="64279722" w:rsidR="00061A93" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ИМЦ (ЦИК)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1570" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="04FDF909" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3807" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E47936E" w14:textId="5DDDDCA0" w:rsidR="00061A93" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:pBdr>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="top"/>
+              <w:outlineLvl w:val="0"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r w:rsidRPr="00952938">
+                <w:rPr>
+                  <w:rStyle w:val="a4"/>
+                </w:rPr>
+                <w:t>https://imc.kirov.spb.ru/index.php/deyatelnost/meropriyatiya-ikt-napravlennosti/konkurs-kompyuternykh-rabot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="3AB0A7D6" w14:textId="77777777" w:rsidTr="00723E3E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="15021" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="03F07477" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Январь 2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="79F71776" w14:textId="77777777" w:rsidTr="00DD7E21">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="10" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="262395D5" w14:textId="593027C6" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="262395D5" w14:textId="593027C6" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Предметные конкурсы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3E37E518" w14:textId="4CF7AE1D" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="3E37E518" w14:textId="4CF7AE1D" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Районный конкурс выразительного чтения </w:t>
             </w:r>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>«Живое слово Петербурга»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="015CA5F6" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="015CA5F6" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A57727B" w14:textId="7D2D4687" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="5A57727B" w14:textId="7D2D4687" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ИМЦ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67CFC7A7" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="67CFC7A7" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="292B3759" w14:textId="6E5DE990" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="00C948A2" w:rsidP="00DD7E21">
+          <w:p w14:paraId="292B3759" w14:textId="6E5DE990" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
-              <w:r w:rsidR="004870DB" w:rsidRPr="00DD7E21">
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r w:rsidRPr="00DD7E21">
                 <w:rPr>
                   <w:rStyle w:val="a4"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://cloud.mail.ru/</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="6ED4E838" w14:textId="77777777" w:rsidTr="00DD7E21">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="6ED4E838" w14:textId="77777777" w:rsidTr="00DD7E21">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="174C0AAC" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="174C0AAC" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="752B20BB" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="752B20BB" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pStyle w:val="1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Конкурс для учащихся ОУ Кировского района СПб</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1293925C" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="1293925C" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>«Логика-2026»</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5B422540" w14:textId="1D18D9AA" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="5B422540" w14:textId="1D18D9AA" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4 класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="139BEE01" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="139BEE01" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="60066976" w14:textId="046C7EE7" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="60066976" w14:textId="046C7EE7" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ИМЦ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7108D08C" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="7108D08C" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A356E49" w14:textId="23D62B21" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="00C948A2" w:rsidP="00DD7E21">
+          <w:p w14:paraId="7A356E49" w14:textId="23D62B21" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
-              <w:r w:rsidR="004870DB" w:rsidRPr="00DD7E21">
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r w:rsidRPr="00DD7E21">
                 <w:rPr>
                   <w:rStyle w:val="a4"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://cloud.mail.ru/</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="751BC79A" w14:textId="77777777" w:rsidTr="00DD7E21">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="236F1E4A" w14:textId="77777777" w:rsidTr="00DD7E21">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="764812DC" w14:textId="38AED7DF" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="4AFBC197" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D68A8BD" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00EF1588" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:pBdr>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="top"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF1588">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Районный тур городского конкурса </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="373E8E67" w14:textId="731E23B6" w:rsidR="00061A93" w:rsidRPr="00EF1588" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:pStyle w:val="1"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF1588">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>«Я познаю мир»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="75E9E95F" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="29AAC731" w14:textId="664D0124" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ИМЦ (ЦИК)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1570" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="17A86903" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3807" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32D15322" w14:textId="33319E04" w:rsidR="00061A93" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r w:rsidRPr="004E0F2B">
+                <w:rPr>
+                  <w:rStyle w:val="a4"/>
+                </w:rPr>
+                <w:t>https://imc.kirov.spb.ru/index.php/deyatelnost/meropriyatiya-ikt-napravlennosti/gorodskoj-konkurs-ya-poznayu-mir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="751BC79A" w14:textId="77777777" w:rsidTr="00DD7E21">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="10" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2263" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="764812DC" w14:textId="38AED7DF" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Наука и технология</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="46086BB8" w14:textId="30B4A489" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="46086BB8" w14:textId="30B4A489" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Районный научно-познавательный конкурс</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> «Леонардо ХХI века»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C195DF7" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="4C195DF7" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0436AAB2" w14:textId="0B1E8432" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="0436AAB2" w14:textId="0B1E8432" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="403F1999" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="403F1999" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4FC5DF7E" w14:textId="6A416787" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="00C948A2" w:rsidP="00DD7E21">
+          <w:p w14:paraId="4FC5DF7E" w14:textId="6A416787" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
-              <w:r w:rsidR="004870DB" w:rsidRPr="00DD7E21">
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r w:rsidRPr="00DD7E21">
                 <w:rPr>
                   <w:rStyle w:val="a4"/>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="496F8E79" w14:textId="77777777" w:rsidTr="00DD7E21">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="496F8E79" w14:textId="77777777" w:rsidTr="00DD7E21">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="78DD965D" w14:textId="034402F4" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="78DD965D" w14:textId="034402F4" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Экология и охрана природы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="02200CCB" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="02200CCB" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Районный конкурс</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="67DE6EE2" w14:textId="626C9015" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="67DE6EE2" w14:textId="626C9015" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>«Знатоки Арктики»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5B50D31B" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="5B50D31B" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="46BF8814" w14:textId="58CB7114" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="46BF8814" w14:textId="58CB7114" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ИМЦ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3CD435DE" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="3CD435DE" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34234DE1" w14:textId="51A33F0E" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="00C948A2" w:rsidP="00DD7E21">
-[...9 lines deleted...]
-              <w:r w:rsidR="004870DB" w:rsidRPr="00DD7E21">
+          <w:p w14:paraId="34234DE1" w14:textId="51A33F0E" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r w:rsidRPr="00DD7E21">
                 <w:rPr>
                   <w:rStyle w:val="a4"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://cloud.mail.ru/</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="7C4CD21A" w14:textId="77777777" w:rsidTr="00DD7E21">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="7C4CD21A" w14:textId="77777777" w:rsidTr="00DD7E21">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="27C6C492" w14:textId="6EFD4622" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="27C6C492" w14:textId="6EFD4622" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Труд, профессии и свое дело</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F6FD8ED" w14:textId="79E06771" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="0F6FD8ED" w14:textId="79E06771" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Районный конкурс мультимедийных рисунков</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> «Моя любимая профессия» </w:t>
             </w:r>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>среди обучающихся государственных общеобразовательных учреждений Кировского района Санкт-Петербурга</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="50E1C54D" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="50E1C54D" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="005B0693" w14:textId="5DE33FB5" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="005B0693" w14:textId="5DE33FB5" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F17E296" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="3F17E296" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="125C5C47" w14:textId="47A63CC0" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="00C948A2" w:rsidP="00DD7E21">
-[...9 lines deleted...]
-              <w:r w:rsidR="004870DB" w:rsidRPr="00DD7E21">
+          <w:p w14:paraId="125C5C47" w14:textId="47A63CC0" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r w:rsidRPr="00DD7E21">
                 <w:rPr>
                   <w:rStyle w:val="a4"/>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="0909578D" w14:textId="77777777" w:rsidTr="00DD7E21">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="0909578D" w14:textId="77777777" w:rsidTr="00DD7E21">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="57B99AB6" w14:textId="348535C7" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="57B99AB6" w14:textId="348535C7" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Культура и искусство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="06712165" w14:textId="1C2AE742" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="06712165" w14:textId="1C2AE742" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Районный этап регионального конкурса патриотической песни </w:t>
             </w:r>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">среди обучающихся образовательных организаций </w:t>
             </w:r>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>Кировского района Санкт-Петербурга</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>«Я люблю тебя, Россия!»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D1ADB09" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="3D1ADB09" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4A51BCB7" w14:textId="4811FBF5" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="4A51BCB7" w14:textId="4811FBF5" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ДДЮТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3CC18728" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="3CC18728" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="676AD8BA" w14:textId="7F306B1A" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="00C948A2" w:rsidP="00DD7E21">
-[...9 lines deleted...]
-              <w:r w:rsidR="004870DB" w:rsidRPr="00DD7E21">
+          <w:p w14:paraId="676AD8BA" w14:textId="7F306B1A" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r w:rsidRPr="00DD7E21">
                 <w:rPr>
                   <w:rStyle w:val="a4"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://cloud.mail.ru/public/Lgzt/4ABpogw2q</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="663DC6D3" w14:textId="77777777" w:rsidTr="00DD7E21">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="663DC6D3" w14:textId="77777777" w:rsidTr="00DD7E21">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="69081AB1" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="001E10E2" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="69081AB1" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="76F4E82A" w14:textId="71088186" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="76F4E82A" w14:textId="71088186" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Второй тур </w:t>
             </w:r>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">районного этапа регионального </w:t>
             </w:r>
@@ -10484,310 +13399,310 @@
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>посвящённого Дню ветерана труда,</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>в 2025-2026 учебном году</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C7B9ABB" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="2C7B9ABB" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1CEBBAFF" w14:textId="1BDE1401" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="1CEBBAFF" w14:textId="1BDE1401" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7E21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ДДЮТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A7191EB" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="004870DB" w:rsidP="00DD7E21">
+          <w:p w14:paraId="1A7191EB" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="11F7B094" w14:textId="7F89BEE0" w:rsidR="004870DB" w:rsidRPr="00DD7E21" w:rsidRDefault="00C948A2" w:rsidP="00DD7E21">
-[...9 lines deleted...]
-              <w:r w:rsidR="004870DB" w:rsidRPr="00DD7E21">
+          <w:p w14:paraId="11F7B094" w14:textId="7F89BEE0" w:rsidR="00061A93" w:rsidRPr="00DD7E21" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r w:rsidRPr="00DD7E21">
                 <w:rPr>
                   <w:rStyle w:val="a4"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://clck.ru/3MkgDv</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="2EBECD87" w14:textId="77777777" w:rsidTr="009726D9">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="2EBECD87" w14:textId="77777777" w:rsidTr="009726D9">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="40240234" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="001E10E2" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="40240234" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A11718A" w14:textId="77777777" w:rsidR="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="1A11718A" w14:textId="77777777" w:rsidR="00061A93" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Районная выставка семейного творчества </w:t>
             </w:r>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">(изобразительного и декоративно-прикладного искусства) «Семейный вернисаж» </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="40754FD2" w14:textId="437FD4BF" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="40754FD2" w14:textId="437FD4BF" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>в 2025-2026 учебном году</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F83F757" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="6F83F757" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34B4AC75" w14:textId="00856244" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="34B4AC75" w14:textId="00856244" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ДДЮТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1248D50E" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="1248D50E" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F2237AE" w14:textId="5C4F0CC0" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="00C948A2" w:rsidP="009726D9">
-[...9 lines deleted...]
-              <w:r w:rsidR="004870DB" w:rsidRPr="009726D9">
+          <w:p w14:paraId="0F2237AE" w14:textId="5C4F0CC0" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r w:rsidRPr="009726D9">
                 <w:rPr>
                   <w:rStyle w:val="a4"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://clck.ru/3MkgC7</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="111CFF90" w14:textId="77777777" w:rsidTr="009726D9">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="111CFF90" w14:textId="77777777" w:rsidTr="009726D9">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="60961CBF" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="001E10E2" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="60961CBF" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="79D9A4B3" w14:textId="2A3D7FEB" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="79D9A4B3" w14:textId="2A3D7FEB" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Районный конкурс творческих работ </w:t>
             </w:r>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">изобразительного и декоративно-прикладного искусства </w:t>
             </w:r>
@@ -10802,2154 +13717,2624 @@
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>«Космос глазами детей»</w:t>
             </w:r>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>в 2025-2026 учебном году</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2D9054A6" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="2D9054A6" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="150C3442" w14:textId="24349D74" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="150C3442" w14:textId="24349D74" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ДДЮТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="103D7430" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="103D7430" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="209F0F5C" w14:textId="5FA90627" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="00C948A2" w:rsidP="009726D9">
-[...9 lines deleted...]
-              <w:r w:rsidR="004870DB" w:rsidRPr="009726D9">
+          <w:p w14:paraId="209F0F5C" w14:textId="5FA90627" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r w:rsidRPr="009726D9">
                 <w:rPr>
                   <w:rStyle w:val="a4"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://clck.ru/3MkgNe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="71FA4B4F" w14:textId="77777777" w:rsidTr="009726D9">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="71FA4B4F" w14:textId="77777777" w:rsidTr="009726D9">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="2C01B7B3" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="001E10E2" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="2C01B7B3" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D693201" w14:textId="77777777" w:rsidR="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="7D693201" w14:textId="77777777" w:rsidR="00061A93" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Х открытый районный конкурс профессионального мастерства</w:t>
             </w:r>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="58F128D7" w14:textId="20B290C9" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="58F128D7" w14:textId="20B290C9" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>«Храбрый портняжка»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="36B89FA4" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="36B89FA4" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63D120C1" w14:textId="69DE94F3" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="63D120C1" w14:textId="69DE94F3" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="68E28592" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="68E28592" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="552B1CBC" w14:textId="12F03E8C" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="00C948A2" w:rsidP="009726D9">
+          <w:p w14:paraId="552B1CBC" w14:textId="12F03E8C" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
-              <w:r w:rsidR="004870DB" w:rsidRPr="009726D9">
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r w:rsidRPr="009726D9">
                 <w:rPr>
                   <w:rStyle w:val="a4"/>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="17FFCDDB" w14:textId="77777777" w:rsidTr="009726D9">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="17FFCDDB" w14:textId="77777777" w:rsidTr="009726D9">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34719CC0" w14:textId="50622D55" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="34719CC0" w14:textId="50622D55" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Патриотическое направление</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E890508" w14:textId="77777777" w:rsidR="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="4E890508" w14:textId="77777777" w:rsidR="00061A93" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Районный конкурс для 6 классов</w:t>
             </w:r>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0597478C" w14:textId="47B0390A" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="0597478C" w14:textId="47B0390A" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>«Марафон знатоков Петербурга»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="17A07884" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="17A07884" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="023C0B57" w14:textId="184DE4E4" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="023C0B57" w14:textId="184DE4E4" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="548BC299" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="548BC299" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10B5580E" w14:textId="140EB2DB" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="00C948A2" w:rsidP="009726D9">
+          <w:p w14:paraId="10B5580E" w14:textId="140EB2DB" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
-              <w:r w:rsidR="004870DB" w:rsidRPr="009726D9">
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r w:rsidRPr="009726D9">
                 <w:rPr>
                   <w:rStyle w:val="a4"/>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="6212904E" w14:textId="77777777" w:rsidTr="009726D9">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="6212904E" w14:textId="77777777" w:rsidTr="009726D9">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="6D151361" w14:textId="0B4B276D" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="6D151361" w14:textId="0B4B276D" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Спортивной направленности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5C955A8F" w14:textId="33C72AB0" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="00C948A2" w:rsidP="009726D9">
-[...9 lines deleted...]
-              <w:r w:rsidR="004870DB" w:rsidRPr="009726D9">
+          <w:p w14:paraId="5C955A8F" w14:textId="33C72AB0" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r w:rsidRPr="009726D9">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Районный </w:t>
               </w:r>
-              <w:r w:rsidR="004870DB" w:rsidRPr="009726D9">
+              <w:r w:rsidRPr="009726D9">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:b/>
                   <w:bCs/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>турнир по настольному теннису с</w:t>
               </w:r>
-              <w:r w:rsidR="004870DB" w:rsidRPr="009726D9">
+              <w:r w:rsidRPr="009726D9">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>реди учащихся образовательных учреждений Кировского района Санкт-Петербурга</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="68C0168F" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="68C0168F" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C2E5A65" w14:textId="0CAC8A62" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="2C2E5A65" w14:textId="0CAC8A62" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ДДЮТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="094EA47E" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="094EA47E" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="29093A69" w14:textId="4B1C88A2" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="00C948A2" w:rsidP="009726D9">
-[...9 lines deleted...]
-              <w:r w:rsidR="004870DB" w:rsidRPr="009726D9">
+          <w:p w14:paraId="29093A69" w14:textId="4B1C88A2" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r w:rsidRPr="009726D9">
                 <w:rPr>
                   <w:rStyle w:val="a4"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://cloud.mail.ru/public/fZTw/Q4ws9m6U1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="59EACC0E" w14:textId="77777777" w:rsidTr="009726D9">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="59EACC0E" w14:textId="77777777" w:rsidTr="009726D9">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="7DD5B86E" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="001E10E2" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="7DD5B86E" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B1159A3" w14:textId="1C3AA37D" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="0B1159A3" w14:textId="1C3AA37D" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Муниципальные квалификационные турниры по шахматам</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="33A8777D" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="33A8777D" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="60FCD5DE" w14:textId="22C0657D" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="60FCD5DE" w14:textId="22C0657D" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5EA58F39" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="5EA58F39" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="107454ED" w14:textId="0384ADDD" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="00C948A2" w:rsidP="009726D9">
+          <w:p w14:paraId="107454ED" w14:textId="0384ADDD" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
-              <w:r w:rsidR="004870DB" w:rsidRPr="009726D9">
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r w:rsidRPr="009726D9">
                 <w:rPr>
                   <w:rStyle w:val="a4"/>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="3BB61BFE" w14:textId="77777777" w:rsidTr="009726D9">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="3BB61BFE" w14:textId="77777777" w:rsidTr="009726D9">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="6628C4EC" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="001E10E2" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="6628C4EC" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45178D4B" w14:textId="109EB660" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="45178D4B" w14:textId="109EB660" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Межмуниципальный конкурс</w:t>
             </w:r>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> «Шахматный рисунок»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="33943DE1" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="33943DE1" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5916AD17" w14:textId="501CC31A" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="5916AD17" w14:textId="501CC31A" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="55FB28B7" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="55FB28B7" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F55DAC3" w14:textId="6C54927D" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="00C948A2" w:rsidP="009726D9">
+          <w:p w14:paraId="1F55DAC3" w14:textId="6C54927D" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
-              <w:r w:rsidR="004870DB" w:rsidRPr="009726D9">
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r w:rsidRPr="009726D9">
                 <w:rPr>
                   <w:rStyle w:val="a4"/>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="3180D098" w14:textId="77777777" w:rsidTr="009726D9">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="3180D098" w14:textId="77777777" w:rsidTr="009726D9">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="41DE7F21" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="001E10E2" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="41DE7F21" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0FBFF294" w14:textId="7992D9EC" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="0FBFF294" w14:textId="7992D9EC" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Региональный шахматный фестиваль</w:t>
             </w:r>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> «Кировский Новогдний-2026»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="51C9C638" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="51C9C638" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="44C643DC" w14:textId="4134D4FB" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="44C643DC" w14:textId="4134D4FB" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="05262FE2" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="05262FE2" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2507A63A" w14:textId="2109C076" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="00C948A2" w:rsidP="009726D9">
-[...9 lines deleted...]
-              <w:r w:rsidR="004870DB" w:rsidRPr="009726D9">
+          <w:p w14:paraId="2507A63A" w14:textId="2109C076" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r w:rsidRPr="009726D9">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="034D49D4" w14:textId="77777777" w:rsidTr="009726D9">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="034D49D4" w14:textId="77777777" w:rsidTr="009726D9">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="10F02BC2" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="001E10E2" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="10F02BC2" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="68CB5C42" w14:textId="11BF20A8" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="68CB5C42" w14:textId="11BF20A8" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Первенство Кировского района по шахматам среди мальчиков и девочек не старше 9 лет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5C9F4550" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="5C9F4550" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6532F922" w14:textId="4AD4B39C" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="6532F922" w14:textId="4AD4B39C" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F8C7CD8" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="6F8C7CD8" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B9E4F18" w14:textId="2DCD26C0" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="00C948A2" w:rsidP="009726D9">
+          <w:p w14:paraId="7B9E4F18" w14:textId="2DCD26C0" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
-              <w:r w:rsidR="004870DB" w:rsidRPr="009726D9">
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r w:rsidRPr="009726D9">
                 <w:rPr>
                   <w:rStyle w:val="a4"/>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="319B73E1" w14:textId="77777777" w:rsidTr="00723E3E">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="1FECD70A" w14:textId="77777777" w:rsidTr="009726D9">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="467078FD" w14:textId="6D2199A9" w:rsidR="004870DB" w:rsidRPr="001E10E2" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C13C062" w14:textId="196F0202" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="002E3616">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:position w:val="-1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Медиа и ИКТ-технологии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52ACC84A" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00717DCA" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:pBdr>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="top"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00717DCA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Районный тур городского конкурса </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CC841BA" w14:textId="498C9640" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:pBdr>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00717DCA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>«Я познаю мир»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="798E330A" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F4908DB" w14:textId="316CE726" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...50 lines deleted...]
-            </w:pPr>
+              </w:rPr>
+              <w:t>ИМЦ (ЦИК)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
-[...6 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FE5AE13" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
-[...8 lines deleted...]
-            </w:pPr>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7953D3AF" w14:textId="39EC64BD" w:rsidR="00061A93" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r w:rsidRPr="004E0F2B">
+                <w:rPr>
+                  <w:rStyle w:val="a4"/>
+                </w:rPr>
+                <w:t>https://imc.kirov.spb.ru/index.php/deyatelnost/meropriyatiya-ikt-napravlennosti/gorodskoj-konkurs-ya-poznayu-mir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="4A98AA9A" w14:textId="77777777" w:rsidTr="009726D9">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="39487AC9" w14:textId="77777777" w:rsidTr="00363B95">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="4F04C4D4" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:position w:val="-1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04FFD46F" w14:textId="7CC60CA5" w:rsidR="00061A93" w:rsidRPr="00717DCA" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:pBdr>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="top"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Фестиваль </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F585C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«Цифровой рассказ» (Цифра)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65854A83" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="45887987" w14:textId="54E00848" w:rsidR="00061A93" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ИМЦ (ЦИК)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1570" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FAB0623" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3807" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F173B3C" w14:textId="31AA9331" w:rsidR="00061A93" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r w:rsidRPr="004E0F2B">
+                <w:rPr>
+                  <w:rStyle w:val="a4"/>
+                </w:rPr>
+                <w:t>https://imc.kirov.spb.ru/index.php/deyatelnost/meropriyatiya-ikt-napravlennosti/festival-tsifra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="5B3F3B68" w14:textId="77777777" w:rsidTr="00363B95">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="10" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2263" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="5F9944C0" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:position w:val="-1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1573552C" w14:textId="77777777" w:rsidR="00061A93" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:pBdr>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="top"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Конкурс </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00061A93">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>компьютерных работ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15EF60C7" w14:textId="04973289" w:rsidR="00061A93" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:pBdr>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="top"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>учащихся Кировского района</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B6082C5" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="60857630" w14:textId="377A5211" w:rsidR="00061A93" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ИМЦ (ЦИК)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1570" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B13F93C" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3807" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="484D5EEB" w14:textId="6AAB14AA" w:rsidR="00061A93" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r w:rsidRPr="00952938">
+                <w:rPr>
+                  <w:rStyle w:val="a4"/>
+                </w:rPr>
+                <w:t>https://imc.kirov.spb.ru/index.php/deyatelnost/meropriyatiya-ikt-napravlennosti/konkurs-kompyuternykh-rabot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="319B73E1" w14:textId="77777777" w:rsidTr="00723E3E">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="10" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2263" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="467078FD" w14:textId="6D2199A9" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Февраль 2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="63DE67A9" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="663BB1DB" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B231B3E" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1570" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CD8D697" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3807" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="15AD3A1F" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="4A98AA9A" w14:textId="77777777" w:rsidTr="009726D9">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="10" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="33B9568E" w14:textId="242C9142" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="33B9568E" w14:textId="242C9142" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Предметные конкурсы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="683A5AED" w14:textId="5CCD559C" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="683A5AED" w14:textId="5CCD559C" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Районный конкурс выразительного чтения </w:t>
             </w:r>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>«Живое слово Петербурга»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="21BF3208" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="21BF3208" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3EEF2104" w14:textId="4C5A2A32" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="3EEF2104" w14:textId="4C5A2A32" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ИМЦ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="76D2748F" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="76D2748F" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="02CE978D" w14:textId="3938E840" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="00C948A2" w:rsidP="009726D9">
+          <w:p w14:paraId="02CE978D" w14:textId="3938E840" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
-              <w:r w:rsidR="004870DB" w:rsidRPr="009726D9">
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r w:rsidRPr="009726D9">
                 <w:rPr>
                   <w:rStyle w:val="a4"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://cloud.mail.ru/</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="6F39DBB0" w14:textId="77777777" w:rsidTr="009726D9">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="6F39DBB0" w14:textId="77777777" w:rsidTr="009726D9">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="5DD5C07F" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="001E10E2" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="5DD5C07F" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="232B2A32" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="232B2A32" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pStyle w:val="1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Конкурс для учащихся ОУ Кировского района СПб</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="49FE7F67" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="49FE7F67" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>«Логика-2026»</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6C469DDA" w14:textId="4A141058" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="6C469DDA" w14:textId="4A141058" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3 класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C22AC9A" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="6C22AC9A" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="09448C41" w14:textId="0EE5F782" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="09448C41" w14:textId="0EE5F782" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ИМЦ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25C55A47" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="25C55A47" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F252645" w14:textId="5CD748E3" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="00C948A2" w:rsidP="009726D9">
-[...9 lines deleted...]
-              <w:r w:rsidR="004870DB" w:rsidRPr="009726D9">
+          <w:p w14:paraId="1F252645" w14:textId="5CD748E3" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r w:rsidRPr="009726D9">
                 <w:rPr>
                   <w:rStyle w:val="a4"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://cloud.mail.ru/</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="2C943494" w14:textId="77777777" w:rsidTr="009726D9">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="2C943494" w14:textId="77777777" w:rsidTr="009726D9">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="19ADD8BD" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="001E10E2" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="19ADD8BD" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="72B46DC9" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="72B46DC9" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Интерактивная олимпиада для учащихся начальных классов по общеобразовательным дисциплинам</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0EE49B87" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="0EE49B87" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>«Петербургские надежды»</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3D60906B" w14:textId="0E34A916" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="3D60906B" w14:textId="0E34A916" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4 класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C9136D5" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="3C9136D5" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="29F15AAE" w14:textId="793FBAD5" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="29F15AAE" w14:textId="793FBAD5" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ИМЦ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B307BC3" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="2B307BC3" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E08A44E" w14:textId="5732B065" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="00C948A2" w:rsidP="009726D9">
+          <w:p w14:paraId="7E08A44E" w14:textId="5732B065" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
-              <w:r w:rsidR="004870DB" w:rsidRPr="009726D9">
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r w:rsidRPr="009726D9">
                 <w:rPr>
                   <w:rStyle w:val="a4"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://cloud.mail.ru/</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="2AD373C2" w14:textId="77777777" w:rsidTr="009726D9">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="2AD373C2" w14:textId="77777777" w:rsidTr="009726D9">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="6578973D" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="001E10E2" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="6578973D" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E4EE536" w14:textId="6E6E07F8" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="5E4EE536" w14:textId="6E6E07F8" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Фестиваль детского творчества на иностранных языках</w:t>
             </w:r>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">“All </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>“All theWorld’sАStage”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="13BC3198" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="35C75A0E" w14:textId="4031CFBF" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...49 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ИМЦ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BD689A7" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="3BD689A7" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="306B98D8" w14:textId="4EA60807" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="00C948A2" w:rsidP="009726D9">
+          <w:p w14:paraId="306B98D8" w14:textId="4EA60807" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
-              <w:r w:rsidR="004870DB" w:rsidRPr="009726D9">
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r w:rsidRPr="009726D9">
                 <w:rPr>
                   <w:rStyle w:val="a4"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://cloud.mail.ru/</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="325D1A03" w14:textId="77777777" w:rsidTr="009726D9">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="325D1A03" w14:textId="77777777" w:rsidTr="009726D9">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="18F66EF3" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="001E10E2" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="18F66EF3" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="410B26B6" w14:textId="528EDF9D" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="410B26B6" w14:textId="528EDF9D" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Районная олимпиада по безопасности дорожного движения</w:t>
             </w:r>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> «Олимпийцы дорожного движения»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63D8E410" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="63D8E410" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="12B232C0" w14:textId="49EBB609" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="12B232C0" w14:textId="49EBB609" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5951A9AB" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="5951A9AB" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2CE6EE9F" w14:textId="6ED88153" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="00C948A2" w:rsidP="009726D9">
+          <w:p w14:paraId="2CE6EE9F" w14:textId="6ED88153" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
-              <w:r w:rsidR="004870DB" w:rsidRPr="009726D9">
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r w:rsidRPr="009726D9">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="77FA0D27" w14:textId="77777777" w:rsidTr="009726D9">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="77FA0D27" w14:textId="77777777" w:rsidTr="009726D9">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="08CEA571" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="001E10E2" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="08CEA571" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7AAD8C41" w14:textId="4E257987" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="7AAD8C41" w14:textId="4E257987" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
@@ -12961,327 +16346,327 @@
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> «Азбука безопасности» </w:t>
             </w:r>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>по профилактике детского дорожно-транспортного травматизма</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6EEAA042" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="6EEAA042" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A12ED8D" w14:textId="1197C8CA" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="3A12ED8D" w14:textId="1197C8CA" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03301185" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="03301185" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="661CBFE1" w14:textId="49F78AA5" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="00C948A2" w:rsidP="009726D9">
+          <w:p w14:paraId="661CBFE1" w14:textId="49F78AA5" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
-              <w:r w:rsidR="004870DB" w:rsidRPr="009726D9">
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r w:rsidRPr="009726D9">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="4D175B2E" w14:textId="77777777" w:rsidTr="009726D9">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="4D175B2E" w14:textId="77777777" w:rsidTr="009726D9">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="18CF59B8" w14:textId="65376CB7" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="18CF59B8" w14:textId="65376CB7" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Наука и технология</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65B1B23F" w14:textId="0EB414AD" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="65B1B23F" w14:textId="0EB414AD" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Районный научно-познавательный конкурс</w:t>
             </w:r>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> «Леонардо ХХI века»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D1002E2" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="6D1002E2" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A4B9CCD" w14:textId="514EB319" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="1A4B9CCD" w14:textId="514EB319" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61CB3252" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="61CB3252" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4B56696D" w14:textId="1DB5B994" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="00C948A2" w:rsidP="009726D9">
+          <w:p w14:paraId="4B56696D" w14:textId="1DB5B994" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
-              <w:r w:rsidR="004870DB" w:rsidRPr="009726D9">
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r w:rsidRPr="009726D9">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="080D1C49" w14:textId="77777777" w:rsidTr="009726D9">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="080D1C49" w14:textId="77777777" w:rsidTr="009726D9">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="40A2BA37" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="40A2BA37" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3DCE991C" w14:textId="70815165" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="3DCE991C" w14:textId="70815165" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
@@ -13293,486 +16678,488 @@
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> «Зажигаем звезды» </w:t>
             </w:r>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>для детей 6 – 15 лет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39D4ABCD" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="39D4ABCD" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2ECFAF24" w14:textId="6910CB27" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="2ECFAF24" w14:textId="6910CB27" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="707EBF7B" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="707EBF7B" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4984D5DB" w14:textId="3A7E360A" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="00C948A2" w:rsidP="009726D9">
+          <w:p w14:paraId="4984D5DB" w14:textId="3A7E360A" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
-              <w:r w:rsidR="004870DB" w:rsidRPr="009726D9">
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r w:rsidRPr="009726D9">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="45E2D327" w14:textId="77777777" w:rsidTr="009726D9">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="45E2D327" w14:textId="77777777" w:rsidTr="009726D9">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="0CC53322" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="0CC53322" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="04475621" w14:textId="6CDCDFC4" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="04475621" w14:textId="6CDCDFC4" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>День Науки в ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3FBFDAFF" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="3FBFDAFF" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3E414C84" w14:textId="6F64D923" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="3E414C84" w14:textId="6F64D923" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A2142A9" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="6A2142A9" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="19073E04" w14:textId="53069CC1" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="00C948A2" w:rsidP="009726D9">
+          <w:p w14:paraId="19073E04" w14:textId="53069CC1" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
-              <w:r w:rsidR="004870DB" w:rsidRPr="009726D9">
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r w:rsidRPr="009726D9">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="4BA078AB" w14:textId="77777777" w:rsidTr="009726D9">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="4BA078AB" w14:textId="77777777" w:rsidTr="009726D9">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="6689354C" w14:textId="6FF33052" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="6689354C" w14:textId="6FF33052" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Труд, профессии и свое дело</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="38CE9168" w14:textId="0C0D149F" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="38CE9168" w14:textId="0C0D149F" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Региональный конкурс по профориентации</w:t>
             </w:r>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> «Мы медики!»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67AD12BA" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="67AD12BA" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="75B46280" w14:textId="7345E647" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="75B46280" w14:textId="7345E647" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2433CF26" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="2433CF26" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="729EA803" w14:textId="2C1C7ED0" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="00C948A2" w:rsidP="009726D9">
+          <w:p w14:paraId="729EA803" w14:textId="2C1C7ED0" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
-              <w:r w:rsidR="004870DB" w:rsidRPr="009726D9">
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r w:rsidRPr="009726D9">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="5F210601" w14:textId="77777777" w:rsidTr="009726D9">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="5F210601" w14:textId="77777777" w:rsidTr="009726D9">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="54C70B0D" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="54C70B0D" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="72FFCF9B" w14:textId="123E3593" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="72FFCF9B" w14:textId="123E3593" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
@@ -13785,2150 +17172,2482 @@
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> «Моя любимая профессия» </w:t>
             </w:r>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>среди обучающихся государственных общеобразовательных учреждений Кировского района Санкт-Петербурга</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5ACC5E00" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="5ACC5E00" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D3F0708" w14:textId="4C0B63BA" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="6D3F0708" w14:textId="4C0B63BA" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25FDA05D" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="25FDA05D" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0DFDDD57" w14:textId="6BFDAD8F" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="00C948A2" w:rsidP="009726D9">
+          <w:p w14:paraId="0DFDDD57" w14:textId="6BFDAD8F" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
-              <w:r w:rsidR="004870DB" w:rsidRPr="009726D9">
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r w:rsidRPr="009726D9">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="471E6304" w14:textId="77777777" w:rsidTr="009726D9">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="471E6304" w14:textId="77777777" w:rsidTr="009726D9">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="6C68B89A" w14:textId="1127976A" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="6C68B89A" w14:textId="1127976A" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Культура и искусство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="087ECF74" w14:textId="4166725D" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="087ECF74" w14:textId="4166725D" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Районный конкурс компьютерной графики</w:t>
             </w:r>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> «Палитра идей»</w:t>
             </w:r>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> среди учащихся образовательных учреждений Кировского района Санкт-Петербурга</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03E95103" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="03E95103" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="28D59896" w14:textId="0C32C2BF" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="28D59896" w14:textId="0C32C2BF" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ДДЮТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="254B8AAF" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="254B8AAF" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E142D65" w14:textId="4668C775" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="00C948A2" w:rsidP="009726D9">
-[...9 lines deleted...]
-              <w:r w:rsidR="004870DB" w:rsidRPr="009726D9">
+          <w:p w14:paraId="5E142D65" w14:textId="4668C775" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r w:rsidRPr="009726D9">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://cloud.mail.ru/public/BfDc/TZ46hqHx1?weblink=BfDc/TZ46hqHx1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="6E1D36D9" w14:textId="77777777" w:rsidTr="009726D9">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="6E1D36D9" w14:textId="77777777" w:rsidTr="009726D9">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="39A05D96" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="39A05D96" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2CA5297A" w14:textId="77777777" w:rsidR="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="2CA5297A" w14:textId="77777777" w:rsidR="00061A93" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Х открытый районный конкурс профессионального мастерства</w:t>
             </w:r>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5833286B" w14:textId="5C39B36C" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="5833286B" w14:textId="5C39B36C" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>«Храбрый портняжка»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3DA28469" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="3DA28469" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1EBE8D6F" w14:textId="67B60E86" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="1EBE8D6F" w14:textId="67B60E86" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F449446" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="0F449446" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="54F8F6B4" w14:textId="779A0F6E" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="00C948A2" w:rsidP="009726D9">
+          <w:p w14:paraId="54F8F6B4" w14:textId="779A0F6E" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
-              <w:r w:rsidR="004870DB" w:rsidRPr="009726D9">
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r w:rsidRPr="009726D9">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="37054524" w14:textId="77777777" w:rsidTr="009726D9">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="37054524" w14:textId="77777777" w:rsidTr="009726D9">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="57E22605" w14:textId="15E79FDC" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="57E22605" w14:textId="15E79FDC" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Патриотическое направление</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="19D977FE" w14:textId="174EB445" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="00C948A2" w:rsidP="009726D9">
-[...9 lines deleted...]
-              <w:r w:rsidR="004870DB" w:rsidRPr="009726D9">
+          <w:p w14:paraId="19D977FE" w14:textId="174EB445" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r w:rsidRPr="009726D9">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Районный этап регионального конкурса исследовательских работ юных генеалогов </w:t>
               </w:r>
-              <w:r w:rsidR="004870DB" w:rsidRPr="009726D9">
+              <w:r w:rsidRPr="009726D9">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:b/>
                   <w:bCs/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t xml:space="preserve">«Родословные петербургских школьников в истории России и города» </w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="46DD0D83" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="46DD0D83" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="295C23F2" w14:textId="54C359DB" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="295C23F2" w14:textId="54C359DB" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ДДЮТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4EDBCE15" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="4EDBCE15" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="617DED4B" w14:textId="219C80FC" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="00C948A2" w:rsidP="009726D9">
-[...9 lines deleted...]
-              <w:r w:rsidR="00ED37C7" w:rsidRPr="009726D9">
+          <w:p w14:paraId="617DED4B" w14:textId="219C80FC" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r w:rsidRPr="009726D9">
                 <w:rPr>
                   <w:rStyle w:val="a4"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://clck.ru/3Mm7XU</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="6F305E73" w14:textId="77777777" w:rsidTr="009726D9">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="6F305E73" w14:textId="77777777" w:rsidTr="009726D9">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="4D67E849" w14:textId="21B6B572" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="4D67E849" w14:textId="21B6B572" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26470FBD" w14:textId="012AEFD6" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="26470FBD" w14:textId="012AEFD6" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Районный конкурс для 6 классов</w:t>
             </w:r>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> «Марафон знатоков Петербурга»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F3389A0" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="0F3389A0" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="473368EF" w14:textId="23E7CB1A" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="473368EF" w14:textId="23E7CB1A" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A4D804E" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="1A4D804E" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A3FDDE5" w14:textId="575DD7F1" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="00C948A2" w:rsidP="009726D9">
+          <w:p w14:paraId="2A3FDDE5" w14:textId="575DD7F1" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
-              <w:r w:rsidR="004870DB" w:rsidRPr="009726D9">
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r w:rsidRPr="009726D9">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="70D42472" w14:textId="77777777" w:rsidTr="009726D9">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="70D42472" w14:textId="77777777" w:rsidTr="009726D9">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="1FF7B5F6" w14:textId="68244FE4" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="1FF7B5F6" w14:textId="68244FE4" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Спортивной направленности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D0C74C2" w14:textId="04E931DF" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="7D0C74C2" w14:textId="04E931DF" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Муниципальные квалификационные турниры по шахматам</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61E820DF" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="61E820DF" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="21420885" w14:textId="3C4A4347" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="21420885" w14:textId="3C4A4347" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D4D934E" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="7D4D934E" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="241911FF" w14:textId="46321131" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="00C948A2" w:rsidP="009726D9">
+          <w:p w14:paraId="241911FF" w14:textId="46321131" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
-              <w:r w:rsidR="004870DB" w:rsidRPr="009726D9">
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r w:rsidRPr="009726D9">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="5DC9A53A" w14:textId="77777777" w:rsidTr="009726D9">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="5DC9A53A" w14:textId="77777777" w:rsidTr="009726D9">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="5FD53ACE" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="001E10E2" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="5FD53ACE" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="123DE6C7" w14:textId="783784A9" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="123DE6C7" w14:textId="783784A9" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Межмуниципальный конкурс</w:t>
             </w:r>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> «Шахматный рисунок»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6BCB1005" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="6BCB1005" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="683284B4" w14:textId="1C497523" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="683284B4" w14:textId="1C497523" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7519D503" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="7519D503" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B0DDC4E" w14:textId="09CA5A13" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="00C948A2" w:rsidP="009726D9">
+          <w:p w14:paraId="7B0DDC4E" w14:textId="09CA5A13" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
-              <w:r w:rsidR="004870DB" w:rsidRPr="009726D9">
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r w:rsidRPr="009726D9">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="4AB4E2FD" w14:textId="77777777" w:rsidTr="009726D9">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="4AB4E2FD" w14:textId="77777777" w:rsidTr="009726D9">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="4B092107" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="001E10E2" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="4B092107" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="24B76BBB" w14:textId="77777777" w:rsidR="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="24B76BBB" w14:textId="77777777" w:rsidR="00061A93" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="3" w:name="_Hlk200976916"/>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Межмуниципальный этап командных Всероссийских шахматных соревнований</w:t>
             </w:r>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3844E661" w14:textId="5734EEBB" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="3844E661" w14:textId="5734EEBB" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">«Белая ладья» </w:t>
             </w:r>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>среди школьников</w:t>
             </w:r>
             <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4646F31A" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="4646F31A" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2AE8FA73" w14:textId="7F64727A" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="2AE8FA73" w14:textId="7F64727A" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="46DCC4A0" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="46DCC4A0" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1E700678" w14:textId="107AACB6" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="00C948A2" w:rsidP="009726D9">
+          <w:p w14:paraId="1E700678" w14:textId="107AACB6" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
-              <w:r w:rsidR="004870DB" w:rsidRPr="009726D9">
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r w:rsidRPr="009726D9">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="2461E25D" w14:textId="77777777" w:rsidTr="00723E3E">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="51C767B1" w14:textId="77777777" w:rsidTr="009726D9">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4CB1EF80" w14:textId="6586B099" w:rsidR="004870DB" w:rsidRPr="001E10E2" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="315AF6E2" w14:textId="76518046" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="002E3616">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:position w:val="-1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Медиа и ИКТ-технологии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FB3007B" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="00717DCA" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:pBdr>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="top"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00717DCA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Районный тур городского конкурса </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09BE04C9" w14:textId="01263CB0" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:pBdr>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="top"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00717DCA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>«Я познаю мир»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59CA4DD6" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4118FB23" w14:textId="32F2E2C9" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...50 lines deleted...]
-            </w:pPr>
+              </w:rPr>
+              <w:t>ИМЦ (ЦИК)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
-[...6 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="766732DF" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
-[...8 lines deleted...]
-            </w:pPr>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="701787F3" w14:textId="2AF3115D" w:rsidR="00061A93" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r w:rsidRPr="004E0F2B">
+                <w:rPr>
+                  <w:rStyle w:val="a4"/>
+                </w:rPr>
+                <w:t>https://imc.kirov.spb.ru/index.php/deyatelnost/meropriyatiya-ikt-napravlennosti/gorodskoj-konkurs-ya-poznayu-mir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="1EC4A316" w14:textId="77777777" w:rsidTr="00D51D1B">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="3BC82CB7" w14:textId="77777777" w:rsidTr="003033EE">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="25ED70C8" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:position w:val="-1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C65FF8E" w14:textId="77777777" w:rsidR="00061A93" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:pBdr>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="top"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Конкурс </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00061A93">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>компьютерных работ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="210C80B3" w14:textId="5009DE33" w:rsidR="00061A93" w:rsidRPr="00717DCA" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:pBdr>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="top"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>учащихся Кировского района</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="77B216E9" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0625D837" w14:textId="259E2EC9" w:rsidR="00061A93" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ИМЦ (ЦИК)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1570" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74E47B49" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3807" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C5AA065" w14:textId="407589D8" w:rsidR="00061A93" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r w:rsidRPr="00952938">
+                <w:rPr>
+                  <w:rStyle w:val="a4"/>
+                </w:rPr>
+                <w:t>https://imc.kirov.spb.ru/index.php/deyatelnost/meropriyatiya-ikt-napravlennosti/konkurs-kompyuternykh-rabot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="2461E25D" w14:textId="77777777" w:rsidTr="00723E3E">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="10" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2263" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CB1EF80" w14:textId="6586B099" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Март 2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="613DE441" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E6A7AE4" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="75F9382B" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1570" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="74ECC46D" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3807" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A387EB6" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="1EC4A316" w14:textId="77777777" w:rsidTr="00D51D1B">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="10" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="5A35BFE2" w14:textId="05E0FD60" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="00D51D1B">
+          <w:p w14:paraId="5A35BFE2" w14:textId="05E0FD60" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Предметные конкурсы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5B0F207C" w14:textId="27F5B150" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="5B0F207C" w14:textId="27F5B150" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Районный конкурс чтецов на немецком языке </w:t>
             </w:r>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>«Друзья немецкого языка»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E5E17A6" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="6E5E17A6" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2ABE3D02" w14:textId="63B46F67" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="2ABE3D02" w14:textId="63B46F67" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ИМЦ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F373963" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="5F373963" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64A165A0" w14:textId="4EC04D20" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="00C948A2" w:rsidP="009726D9">
+          <w:p w14:paraId="64A165A0" w14:textId="4EC04D20" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
-              <w:r w:rsidR="004870DB" w:rsidRPr="009726D9">
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r w:rsidRPr="009726D9">
                 <w:rPr>
                   <w:rStyle w:val="a4"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://cloud.mail.ru/</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="10124535" w14:textId="77777777" w:rsidTr="009726D9">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="10124535" w14:textId="77777777" w:rsidTr="009726D9">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="1CDCF006" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="1CDCF006" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="17A0003D" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="17A0003D" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pStyle w:val="1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Конкурс для учащихся ОУ Кировского района СПб</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7035E425" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="7035E425" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>«Логика-2026»</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="62F0D531" w14:textId="4ECE4CE5" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="62F0D531" w14:textId="4ECE4CE5" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2 класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C2FAFC9" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="4C2FAFC9" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5C779CF1" w14:textId="54092CB2" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="5C779CF1" w14:textId="54092CB2" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ИМЦ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="73CCAB1B" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="73CCAB1B" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0DCD17AF" w14:textId="7B1AD091" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="00C948A2" w:rsidP="009726D9">
+          <w:p w14:paraId="0DCD17AF" w14:textId="7B1AD091" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
-              <w:r w:rsidR="004870DB" w:rsidRPr="009726D9">
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r w:rsidRPr="009726D9">
                 <w:rPr>
                   <w:rStyle w:val="a4"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://cloud.mail.ru/</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="39A3E6CA" w14:textId="77777777" w:rsidTr="009726D9">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="39A3E6CA" w14:textId="77777777" w:rsidTr="009726D9">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="4DC0F569" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="4DC0F569" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E939E53" w14:textId="2BCDB53B" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="7E939E53" w14:textId="2BCDB53B" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Районный конкурс </w:t>
             </w:r>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>«Лингвистический спринт»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="002DDD8D" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="002DDD8D" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A992663" w14:textId="654D07AF" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="7A992663" w14:textId="654D07AF" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ИМЦ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="60629EB2" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="60629EB2" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="426F0F1F" w14:textId="425BA79B" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="00C948A2" w:rsidP="009726D9">
+          <w:p w14:paraId="426F0F1F" w14:textId="425BA79B" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
-              <w:r w:rsidR="004870DB" w:rsidRPr="009726D9">
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r w:rsidRPr="009726D9">
                 <w:rPr>
                   <w:rStyle w:val="a4"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://cloud.mail.ru/</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="1871A038" w14:textId="77777777" w:rsidTr="009726D9">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="1871A038" w14:textId="77777777" w:rsidTr="009726D9">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="211AD349" w14:textId="3604CCE8" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="211AD349" w14:textId="3604CCE8" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D286885" w14:textId="2861ADFB" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="00C948A2" w:rsidP="009726D9">
+          <w:p w14:paraId="1D286885" w14:textId="2861ADFB" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
-              <w:r w:rsidR="004870DB" w:rsidRPr="009726D9">
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r w:rsidRPr="009726D9">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>Открытый городской конкурс</w:t>
               </w:r>
-              <w:r w:rsidR="004870DB" w:rsidRPr="009726D9">
+              <w:r w:rsidRPr="009726D9">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">творческих работ на иностранных языках </w:t>
               </w:r>
-              <w:r w:rsidR="004870DB" w:rsidRPr="009726D9">
+              <w:r w:rsidRPr="009726D9">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:br/>
               </w:r>
-              <w:r w:rsidR="004870DB" w:rsidRPr="009726D9">
+              <w:r w:rsidRPr="009726D9">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:b/>
                   <w:bCs/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:t>«</w:t>
+                <w:t>«Сomics+»</w:t>
               </w:r>
-              <w:proofErr w:type="spellStart"/>
-[...25 lines deleted...]
-              <w:r w:rsidR="004870DB" w:rsidRPr="009726D9">
+              <w:r w:rsidRPr="009726D9">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> </w:t>
               </w:r>
-              <w:r w:rsidR="004870DB" w:rsidRPr="009726D9">
+              <w:r w:rsidRPr="009726D9">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:br/>
+              </w:r>
+              <w:r w:rsidRPr="009726D9">
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:position w:val="-1"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:lastRenderedPageBreak/>
                 <w:t xml:space="preserve">для учащихся образовательных учреждений </w:t>
               </w:r>
-              <w:r w:rsidR="004870DB" w:rsidRPr="009726D9">
+              <w:r w:rsidRPr="009726D9">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:br/>
                 <w:t>Санкт-Петербурга</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="323E775B" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="323E775B" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2175AB03" w14:textId="53B47706" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="2175AB03" w14:textId="53B47706" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ДДЮТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A2E5A79" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="3A2E5A79" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F519945" w14:textId="389B7F21" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="00C948A2" w:rsidP="009726D9">
+          <w:p w14:paraId="1F519945" w14:textId="389B7F21" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
-              <w:r w:rsidR="004870DB" w:rsidRPr="009726D9">
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r w:rsidRPr="009726D9">
                 <w:rPr>
                   <w:rStyle w:val="a4"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://cloud.mail.ru/public/VzSZ/oQ7BQi1R5</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="689F783C" w14:textId="77777777" w:rsidTr="009726D9">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="689F783C" w14:textId="77777777" w:rsidTr="009726D9">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="372941E1" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="372941E1" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="44D12F1A" w14:textId="63317322" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="44D12F1A" w14:textId="63317322" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Районный конкурс исследовательских работ по БДД </w:t>
             </w:r>
@@ -15938,645 +19657,645 @@
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">«История дорожной безопасности» </w:t>
             </w:r>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>среди школьных отрядов ЮИД Кировского района Санкт-Петербурга</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2808D489" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="2808D489" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="75CE484F" w14:textId="2A4E0038" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="75CE484F" w14:textId="2A4E0038" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="05B8F5EA" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="05B8F5EA" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="23BEC530" w14:textId="174E33A2" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="00C948A2" w:rsidP="009726D9">
+          <w:p w14:paraId="23BEC530" w14:textId="174E33A2" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
-              <w:r w:rsidR="004870DB" w:rsidRPr="009726D9">
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r w:rsidRPr="009726D9">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="4C650C82" w14:textId="77777777" w:rsidTr="009726D9">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="4C650C82" w14:textId="77777777" w:rsidTr="009726D9">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="3EFD3E05" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="3EFD3E05" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="14411385" w14:textId="0340ACCA" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="14411385" w14:textId="0340ACCA" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Районный фотоконкурс</w:t>
             </w:r>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> «Нарушитель на дороге»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F9696A8" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="1F9696A8" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F1E6D7D" w14:textId="4BFF9742" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="6F1E6D7D" w14:textId="4BFF9742" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D5B5908" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="7D5B5908" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3473753A" w14:textId="1199ABE6" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="00C948A2" w:rsidP="009726D9">
+          <w:p w14:paraId="3473753A" w14:textId="1199ABE6" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
-              <w:r w:rsidR="004870DB" w:rsidRPr="009726D9">
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r w:rsidRPr="009726D9">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="1802870F" w14:textId="77777777" w:rsidTr="009726D9">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="1802870F" w14:textId="77777777" w:rsidTr="009726D9">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4EB18620" w14:textId="1B0A5865" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="4EB18620" w14:textId="1B0A5865" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Экология и охрана природы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="70101540" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="70101540" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Районный конкурс</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0B735664" w14:textId="5CBC9A2E" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="0B735664" w14:textId="5CBC9A2E" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>«Вода в Санкт-Петербурге: сегодня и завтра»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="62C5F452" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="62C5F452" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F3ADE41" w14:textId="29B636DA" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="5F3ADE41" w14:textId="29B636DA" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ИМЦ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="706D561A" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="706D561A" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2D8D1244" w14:textId="0E8D5972" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="00C948A2" w:rsidP="009726D9">
+          <w:p w14:paraId="2D8D1244" w14:textId="0E8D5972" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
-              <w:r w:rsidR="004870DB" w:rsidRPr="009726D9">
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r w:rsidRPr="009726D9">
                 <w:rPr>
                   <w:rStyle w:val="a4"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://cloud.mail.ru/</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="69B6BC1F" w14:textId="77777777" w:rsidTr="009726D9">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="69B6BC1F" w14:textId="77777777" w:rsidTr="009726D9">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="15605B19" w14:textId="4F2534CA" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="15605B19" w14:textId="4F2534CA" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Культура и искусство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C9379C4" w14:textId="237CBBE3" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="2C9379C4" w14:textId="237CBBE3" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Районный этап городского детско-юношеского творческого конкурса </w:t>
             </w:r>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>«Добрые уроки»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="30B32A12" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="30B32A12" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6461D485" w14:textId="4E631B51" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="6461D485" w14:textId="4E631B51" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ИМЦ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1822E64F" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="1822E64F" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0DEA1F12" w14:textId="5FAD2CB9" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="00C948A2" w:rsidP="009726D9">
+          <w:p w14:paraId="0DEA1F12" w14:textId="5FAD2CB9" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
-              <w:r w:rsidR="004870DB" w:rsidRPr="009726D9">
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r w:rsidRPr="009726D9">
                 <w:rPr>
                   <w:rStyle w:val="a4"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://cloud.mail.ru/</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="2E41585F" w14:textId="77777777" w:rsidTr="009726D9">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="2E41585F" w14:textId="77777777" w:rsidTr="009726D9">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="1688CF28" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="1688CF28" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="197FEB01" w14:textId="4068D906" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="197FEB01" w14:textId="4068D906" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
@@ -16589,158 +20308,158 @@
                 <w:bCs/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">«Танцевальная палитра» </w:t>
             </w:r>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>среди обучающихся образовательных учреждений Санкт-Петербурга</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5B67450D" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="5B67450D" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="23D0ECB3" w14:textId="418A67A7" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="23D0ECB3" w14:textId="418A67A7" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ДДЮТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="211554DD" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="211554DD" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4A6560DA" w14:textId="6510D636" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="00C948A2" w:rsidP="009726D9">
+          <w:p w14:paraId="4A6560DA" w14:textId="6510D636" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
-              <w:r w:rsidR="004870DB" w:rsidRPr="009726D9">
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r w:rsidRPr="009726D9">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://cloud.mail.ru/public/7kF3/fqPZgyqZT?weblink=7kF3/fqPZgyqZT</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="3CA4B68D" w14:textId="77777777" w:rsidTr="009726D9">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="3CA4B68D" w14:textId="77777777" w:rsidTr="009726D9">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="198CB0F6" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="198CB0F6" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="456D9200" w14:textId="0D44A0A1" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="456D9200" w14:textId="0D44A0A1" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
@@ -16769,666 +20488,656 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>«Искусство красоты»</w:t>
             </w:r>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...8 lines deleted...]
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">среди учащихся образовательных учреждений </w:t>
             </w:r>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
               <w:t>Санкт-Петербурга и Ленинградской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1786F287" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="1786F287" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F12E76E" w14:textId="48307221" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="2F12E76E" w14:textId="48307221" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ДДЮТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03453E42" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="03453E42" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="12720E8B" w14:textId="7059F8B3" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="00C948A2" w:rsidP="009726D9">
+          <w:p w14:paraId="12720E8B" w14:textId="7059F8B3" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
-              <w:r w:rsidR="004870DB" w:rsidRPr="009726D9">
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r w:rsidRPr="009726D9">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://cloud.mail.ru/public/Ated/iobvpf8j8?weblink=Ated/iobvpf8j8</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="7C68353A" w14:textId="77777777" w:rsidTr="009726D9">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="7C68353A" w14:textId="77777777" w:rsidTr="009726D9">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="58F9FCBA" w14:textId="55405919" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="58F9FCBA" w14:textId="55405919" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Наука и технология</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="09615AEB" w14:textId="129704E7" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="00C948A2" w:rsidP="009726D9">
+          <w:p w14:paraId="09615AEB" w14:textId="129704E7" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
-              <w:r w:rsidR="004870DB" w:rsidRPr="009726D9">
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r w:rsidRPr="009726D9">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Открытые районные </w:t>
               </w:r>
-              <w:r w:rsidR="004870DB" w:rsidRPr="009726D9">
+              <w:r w:rsidRPr="009726D9">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:b/>
                   <w:bCs/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>соревнования по робототехнике</w:t>
               </w:r>
-              <w:r w:rsidR="004870DB" w:rsidRPr="009726D9">
+              <w:r w:rsidRPr="009726D9">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> среди учащихся образовательных учреждений Санкт-Петербурга</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="76E999B2" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="76E999B2" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7ABA47EF" w14:textId="1923EA10" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="7ABA47EF" w14:textId="1923EA10" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ДДЮТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="576688D8" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="576688D8" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="139CAB66" w14:textId="115A9253" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="00C948A2" w:rsidP="009726D9">
+          <w:p w14:paraId="139CAB66" w14:textId="115A9253" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
-              <w:r w:rsidR="004870DB" w:rsidRPr="009726D9">
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r w:rsidRPr="009726D9">
                 <w:rPr>
                   <w:rStyle w:val="a4"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://cloud.mail.ru/public/UTTw/oJTKZ7wys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="74D890FE" w14:textId="77777777" w:rsidTr="009726D9">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="74D890FE" w14:textId="77777777" w:rsidTr="009726D9">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="78B15569" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="78B15569" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="462695DB" w14:textId="53DAF933" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="462695DB" w14:textId="53DAF933" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Районный научно-познавательный конкурс</w:t>
             </w:r>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> «Леонардо ХХI века»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="514FBE03" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="514FBE03" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B394F8E" w14:textId="6E8C986D" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="7B394F8E" w14:textId="6E8C986D" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="60ADEBF3" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="60ADEBF3" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B41C2BD" w14:textId="4F643F3D" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="00C948A2" w:rsidP="009726D9">
+          <w:p w14:paraId="0B41C2BD" w14:textId="4F643F3D" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
-              <w:r w:rsidR="004870DB" w:rsidRPr="009726D9">
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r w:rsidRPr="009726D9">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="1F69F974" w14:textId="77777777" w:rsidTr="009726D9">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="1F69F974" w14:textId="77777777" w:rsidTr="009726D9">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="027B231C" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="027B231C" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48FEA2A4" w14:textId="46A3D08F" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="48FEA2A4" w14:textId="46A3D08F" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Открытый районный фестиваль</w:t>
             </w:r>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> «Астрономический калейдоскоп» 1 этап «От познания к творчеству»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6BB253A1" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="6BB253A1" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="333F4778" w14:textId="79347D27" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="333F4778" w14:textId="79347D27" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1DA5835D" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="1DA5835D" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="71AD462C" w14:textId="4B5432E8" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="00C948A2" w:rsidP="009726D9">
+          <w:p w14:paraId="71AD462C" w14:textId="4B5432E8" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
-              <w:r w:rsidR="004870DB" w:rsidRPr="009726D9">
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r w:rsidRPr="009726D9">
                 <w:rPr>
                   <w:rStyle w:val="a4"/>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="73B72C34" w14:textId="77777777" w:rsidTr="009726D9">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="73B72C34" w14:textId="77777777" w:rsidTr="009726D9">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="0DCE0E41" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="0DCE0E41" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3505872A" w14:textId="30E6ED91" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="3505872A" w14:textId="30E6ED91" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
@@ -17440,174 +21149,174 @@
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>«Астрономический калейдоскоп»</w:t>
             </w:r>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> 2 этап «С мечтою о космосе»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="301F2EE6" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="301F2EE6" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="375702D3" w14:textId="69ACC32C" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="375702D3" w14:textId="69ACC32C" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="20142741" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="20142741" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4032B0D8" w14:textId="27BE8B0C" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="00C948A2" w:rsidP="009726D9">
+          <w:p w14:paraId="4032B0D8" w14:textId="27BE8B0C" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
-              <w:r w:rsidR="004870DB" w:rsidRPr="009726D9">
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r w:rsidRPr="009726D9">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="69649CB9" w14:textId="77777777" w:rsidTr="009726D9">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="69649CB9" w14:textId="77777777" w:rsidTr="009726D9">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="0C9FAF78" w14:textId="37560303" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="0C9FAF78" w14:textId="37560303" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Труд, профессии и свое дело</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="651B57A6" w14:textId="4E6918BD" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="651B57A6" w14:textId="4E6918BD" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
@@ -17619,165 +21328,165 @@
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> «Я в мире арктических профессий» </w:t>
             </w:r>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>среди учащихся государственных общеобразовательных учреждений Кировского района Санкт-Петербурга</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64FE58F7" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="64FE58F7" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0CA7D785" w14:textId="1FBB3B3C" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="0CA7D785" w14:textId="1FBB3B3C" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1E03D05A" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="1E03D05A" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="135CC7AB" w14:textId="2634A486" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="00C948A2" w:rsidP="009726D9">
+          <w:p w14:paraId="135CC7AB" w14:textId="2634A486" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
-              <w:r w:rsidR="004870DB" w:rsidRPr="009726D9">
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r w:rsidRPr="009726D9">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="4BAC446B" w14:textId="77777777" w:rsidTr="009726D9">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="4BAC446B" w14:textId="77777777" w:rsidTr="009726D9">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="36FEC7DC" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="36FEC7DC" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="674608D4" w14:textId="3B6936D3" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="674608D4" w14:textId="3B6936D3" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
@@ -17789,1720 +21498,1896 @@
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> «Юный мастер</w:t>
             </w:r>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>» для обучающихся с ОВЗ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="04CD98EB" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="04CD98EB" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E701210" w14:textId="16F02BB9" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="5E701210" w14:textId="16F02BB9" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C71CD7A" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="0C71CD7A" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="04E476C0" w14:textId="4C988225" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="00C948A2" w:rsidP="009726D9">
+          <w:p w14:paraId="04E476C0" w14:textId="4C988225" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
-              <w:r w:rsidR="004870DB" w:rsidRPr="009726D9">
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r w:rsidRPr="009726D9">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="178A23C3" w14:textId="77777777" w:rsidTr="009726D9">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="178A23C3" w14:textId="77777777" w:rsidTr="009726D9">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="029B8636" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="029B8636" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="23788815" w14:textId="39EC5AEE" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="23788815" w14:textId="39EC5AEE" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">Конкурс </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t xml:space="preserve">Конкурс лэпбуков </w:t>
+            </w:r>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:position w:val="-1"/>
-[...6 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:b/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«Профессии моей семьи»</w:t>
+            </w:r>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-            </w:r>
+              <w:t xml:space="preserve"> среди обучающихся государственных образовательных учреждений Кировского района Санкт-Петербурга</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="62094587" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18BD29DB" w14:textId="6FD9242E" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...51 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2BFB79EC" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="2BFB79EC" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="69811186" w14:textId="5905DEBD" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="00C948A2" w:rsidP="009726D9">
+          <w:p w14:paraId="69811186" w14:textId="5905DEBD" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
-              <w:r w:rsidR="004870DB" w:rsidRPr="009726D9">
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r w:rsidRPr="009726D9">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="61A01332" w14:textId="77777777" w:rsidTr="009726D9">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="61A01332" w14:textId="77777777" w:rsidTr="009726D9">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="6E70C48D" w14:textId="22E47341" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="6E70C48D" w14:textId="22E47341" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Патриотическое направление</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="77314B02" w14:textId="578F924C" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="77314B02" w14:textId="578F924C" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Районный конкурс для 6 классов</w:t>
             </w:r>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> «Марафон знатоков Петербурга»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39177A3F" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="39177A3F" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="54B999BA" w14:textId="1DCDEC41" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="54B999BA" w14:textId="1DCDEC41" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F4B626A" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="6F4B626A" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A0B6149" w14:textId="11C59AA3" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="00C948A2" w:rsidP="009726D9">
+          <w:p w14:paraId="3A0B6149" w14:textId="11C59AA3" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
-              <w:r w:rsidR="004870DB" w:rsidRPr="009726D9">
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r w:rsidRPr="009726D9">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="621CEAF7" w14:textId="77777777" w:rsidTr="009726D9">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="621CEAF7" w14:textId="77777777" w:rsidTr="009726D9">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="25E0B6D5" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="001E10E2" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="25E0B6D5" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="38D2C8B2" w14:textId="7FA0D16F" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="38D2C8B2" w14:textId="7FA0D16F" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Муниципальные квалификационные турниры по шахматам</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="096A1ACD" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="096A1ACD" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4692DE8C" w14:textId="09FCB10C" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="4692DE8C" w14:textId="09FCB10C" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B7083EB" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="0B7083EB" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="768186CA" w14:textId="64CA26D8" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="00C948A2" w:rsidP="009726D9">
+          <w:p w14:paraId="768186CA" w14:textId="64CA26D8" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
-              <w:r w:rsidR="004870DB" w:rsidRPr="009726D9">
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r w:rsidRPr="009726D9">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="4E94B05D" w14:textId="77777777" w:rsidTr="009726D9">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="4E94B05D" w14:textId="77777777" w:rsidTr="009726D9">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="1668D17E" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="001E10E2" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="1668D17E" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E397E47" w14:textId="19738422" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="4E397E47" w14:textId="19738422" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Межмуниципальный конкурс</w:t>
             </w:r>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> «Шахматный рисунок»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0EAE49C8" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="0EAE49C8" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4F5124EB" w14:textId="4CF51BEC" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="4F5124EB" w14:textId="4CF51BEC" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="77022C1A" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="77022C1A" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2962CE65" w14:textId="3A411F2F" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="00C948A2" w:rsidP="009726D9">
+          <w:p w14:paraId="2962CE65" w14:textId="3A411F2F" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
-              <w:r w:rsidR="004870DB" w:rsidRPr="009726D9">
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r w:rsidRPr="009726D9">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="2BF124CE" w14:textId="77777777" w:rsidTr="009726D9">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="2BF124CE" w14:textId="77777777" w:rsidTr="009726D9">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="122BB2C8" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="001E10E2" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          <w:p w14:paraId="122BB2C8" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="31764E91" w14:textId="02A89BF4" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="31764E91" w14:textId="02A89BF4" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Первенство Кировского района по шахматам среди мальчиков и девочек не старше 7 лет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="22B0D516" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="22B0D516" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="74EB809C" w14:textId="3A0A1C57" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="74EB809C" w14:textId="3A0A1C57" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009726D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="09B1D5CA" w14:textId="77777777" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="004870DB" w:rsidP="009726D9">
+          <w:p w14:paraId="09B1D5CA" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="06635644" w14:textId="3C590C67" w:rsidR="004870DB" w:rsidRPr="009726D9" w:rsidRDefault="00C948A2" w:rsidP="009726D9">
+          <w:p w14:paraId="06635644" w14:textId="3C590C67" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
-              <w:r w:rsidR="004870DB" w:rsidRPr="009726D9">
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r w:rsidRPr="009726D9">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004870DB" w:rsidRPr="001E10E2" w14:paraId="2CEABBE2" w14:textId="77777777" w:rsidTr="00723E3E">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="40DFB61C" w14:textId="77777777" w:rsidTr="00AF34ED">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="333F534A" w14:textId="1C0A3930" w:rsidR="004870DB" w:rsidRPr="001E10E2" w:rsidRDefault="004870DB" w:rsidP="004870DB">
+          </w:tcPr>
+          <w:p w14:paraId="336CE935" w14:textId="6FA7CBA8" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-              <w:t>Апрель 2026</w:t>
+            <w:r w:rsidRPr="002E3616">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:position w:val="-1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Медиа и ИКТ-технологии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
-[...105 lines deleted...]
-          <w:p w14:paraId="61DE416A" w14:textId="4D564BD9" w:rsidR="00A7175B" w:rsidRPr="002E3616" w:rsidRDefault="00A7175B" w:rsidP="002E3616">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="25DA543D" w14:textId="77777777" w:rsidR="00061A93" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Конкурс </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00061A93">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>компьютерных работ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="743B67B3" w14:textId="43DE6D78" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:pBdr>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="top"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>учащихся Кировского района</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="260628E1" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="555AF41D" w14:textId="471A6F1B" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ИМЦ (ЦИК)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1570" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D53D51A" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="009726D9" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3807" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="342314BF" w14:textId="5C2548D5" w:rsidR="00061A93" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:pBdr>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="top"/>
+              <w:outlineLvl w:val="0"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r w:rsidRPr="00952938">
+                <w:rPr>
+                  <w:rStyle w:val="a4"/>
+                </w:rPr>
+                <w:t>https://imc.kirov.spb.ru/index.php/deyatelnost/meropriyatiya-ikt-napravlennosti/konkurs-kompyuternykh-rabot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="2CEABBE2" w14:textId="77777777" w:rsidTr="00723E3E">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="10" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2263" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="333F534A" w14:textId="1C0A3930" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Апрель 2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F6B10D5" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="697171C6" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4026B430" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1570" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="27DB6790" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3807" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2720B5CA" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="001E10E2" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="3E0092F5" w14:textId="77777777" w:rsidTr="002E3616">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="10" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2263" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="73AA2870" w14:textId="225A856F" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E3616">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:position w:val="-1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Предметные конкурсы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61DE416A" w14:textId="4D564BD9" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:pBdr>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="top"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004870DB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Районный этап Всероссийского конкурса детского творчества</w:t>
             </w:r>
             <w:r w:rsidRPr="004870DB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> «Полицейский дядя Стёпа»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26807752" w14:textId="77777777" w:rsidR="00A7175B" w:rsidRPr="002E3616" w:rsidRDefault="00A7175B" w:rsidP="002E3616">
+          <w:p w14:paraId="26807752" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="296E4946" w14:textId="599202AD" w:rsidR="00A7175B" w:rsidRPr="002E3616" w:rsidRDefault="00A7175B" w:rsidP="002E3616">
+          <w:p w14:paraId="296E4946" w14:textId="599202AD" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E3616">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="06FDDD06" w14:textId="77777777" w:rsidR="00A7175B" w:rsidRPr="002E3616" w:rsidRDefault="00A7175B" w:rsidP="002E3616">
+          <w:p w14:paraId="06FDDD06" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5414D372" w14:textId="517D86AE" w:rsidR="00A7175B" w:rsidRPr="002E3616" w:rsidRDefault="00C948A2" w:rsidP="002E3616">
-[...9 lines deleted...]
-              <w:r w:rsidR="00A7175B" w:rsidRPr="002E3616">
+          <w:p w14:paraId="5414D372" w14:textId="517D86AE" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r w:rsidRPr="002E3616">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A7175B" w:rsidRPr="001E10E2" w14:paraId="6121B798" w14:textId="77777777" w:rsidTr="002E3616">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="6121B798" w14:textId="77777777" w:rsidTr="002E3616">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="75F2E538" w14:textId="77777777" w:rsidR="00A7175B" w:rsidRPr="002E3616" w:rsidRDefault="00A7175B" w:rsidP="00A7175B">
+          <w:p w14:paraId="75F2E538" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="025088E3" w14:textId="62F848C7" w:rsidR="00A7175B" w:rsidRPr="002E3616" w:rsidRDefault="00A7175B" w:rsidP="002E3616">
+          <w:p w14:paraId="025088E3" w14:textId="62F848C7" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004870DB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Районный этап Всероссийского конкурса юных инспекторов движения</w:t>
             </w:r>
             <w:r w:rsidRPr="004870DB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> «Безопасное колесо»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="66A02389" w14:textId="77777777" w:rsidR="00A7175B" w:rsidRPr="002E3616" w:rsidRDefault="00A7175B" w:rsidP="002E3616">
+          <w:p w14:paraId="66A02389" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="28802C05" w14:textId="62B19E50" w:rsidR="00A7175B" w:rsidRPr="002E3616" w:rsidRDefault="00A7175B" w:rsidP="002E3616">
+          <w:p w14:paraId="28802C05" w14:textId="62B19E50" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E3616">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="58257FDA" w14:textId="77777777" w:rsidR="00A7175B" w:rsidRPr="002E3616" w:rsidRDefault="00A7175B" w:rsidP="002E3616">
+          <w:p w14:paraId="58257FDA" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="31A6A557" w14:textId="6A0CF074" w:rsidR="00A7175B" w:rsidRPr="002E3616" w:rsidRDefault="00C948A2" w:rsidP="002E3616">
+          <w:p w14:paraId="31A6A557" w14:textId="6A0CF074" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
-              <w:r w:rsidR="00A7175B" w:rsidRPr="004870DB">
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r w:rsidRPr="004870DB">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A7175B" w:rsidRPr="001E10E2" w14:paraId="61EE2412" w14:textId="77777777" w:rsidTr="002E3616">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="61EE2412" w14:textId="77777777" w:rsidTr="002E3616">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="15FECE88" w14:textId="3CDC5CE9" w:rsidR="00A7175B" w:rsidRPr="002E3616" w:rsidRDefault="00A7175B" w:rsidP="00A7175B">
+          <w:p w14:paraId="15FECE88" w14:textId="3CDC5CE9" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E3616">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Наука и технология</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B45FCDD" w14:textId="76BAF9B3" w:rsidR="00A7175B" w:rsidRPr="002E3616" w:rsidRDefault="00A7175B" w:rsidP="002E3616">
+          <w:p w14:paraId="6B45FCDD" w14:textId="76BAF9B3" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A7175B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Всемирная неделя космоса, День Астрономии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="770292BB" w14:textId="77777777" w:rsidR="00A7175B" w:rsidRPr="002E3616" w:rsidRDefault="00A7175B" w:rsidP="002E3616">
+          <w:p w14:paraId="770292BB" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="38C4183B" w14:textId="0158BFB2" w:rsidR="00A7175B" w:rsidRPr="002E3616" w:rsidRDefault="00A7175B" w:rsidP="002E3616">
+          <w:p w14:paraId="38C4183B" w14:textId="0158BFB2" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E3616">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="55E2527E" w14:textId="77777777" w:rsidR="00A7175B" w:rsidRPr="002E3616" w:rsidRDefault="00A7175B" w:rsidP="002E3616">
+          <w:p w14:paraId="55E2527E" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="66839B6A" w14:textId="44BEB37B" w:rsidR="00A7175B" w:rsidRPr="002E3616" w:rsidRDefault="00C948A2" w:rsidP="002E3616">
+          <w:p w14:paraId="66839B6A" w14:textId="44BEB37B" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
-              <w:r w:rsidR="00A7175B" w:rsidRPr="002E3616">
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r w:rsidRPr="002E3616">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A7175B" w:rsidRPr="001E10E2" w14:paraId="629034B3" w14:textId="77777777" w:rsidTr="002E3616">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="629034B3" w14:textId="77777777" w:rsidTr="002E3616">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="7FADCD67" w14:textId="77777777" w:rsidR="00A7175B" w:rsidRPr="002E3616" w:rsidRDefault="00A7175B" w:rsidP="00A7175B">
+          <w:p w14:paraId="7FADCD67" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="49ADDA9C" w14:textId="7E0A3F29" w:rsidR="00A7175B" w:rsidRPr="002E3616" w:rsidRDefault="00A7175B" w:rsidP="002E3616">
+          <w:p w14:paraId="49ADDA9C" w14:textId="7E0A3F29" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A7175B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Открытый районный фестиваль</w:t>
             </w:r>
             <w:r w:rsidRPr="00A7175B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> «Астрономический калейдоскоп» 1 этап «От познания к творчеству»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2DA8659E" w14:textId="77777777" w:rsidR="00A7175B" w:rsidRPr="002E3616" w:rsidRDefault="00A7175B" w:rsidP="002E3616">
+          <w:p w14:paraId="2DA8659E" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="304F3B29" w14:textId="41407C94" w:rsidR="00A7175B" w:rsidRPr="002E3616" w:rsidRDefault="00A7175B" w:rsidP="002E3616">
+          <w:p w14:paraId="304F3B29" w14:textId="41407C94" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E3616">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A9D68C9" w14:textId="77777777" w:rsidR="00A7175B" w:rsidRPr="002E3616" w:rsidRDefault="00A7175B" w:rsidP="002E3616">
+          <w:p w14:paraId="6A9D68C9" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="33C9DF81" w14:textId="494D3A64" w:rsidR="00A7175B" w:rsidRPr="002E3616" w:rsidRDefault="00C948A2" w:rsidP="002E3616">
+          <w:p w14:paraId="33C9DF81" w14:textId="494D3A64" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
-              <w:r w:rsidR="00A7175B" w:rsidRPr="002E3616">
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r w:rsidRPr="002E3616">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A7175B" w:rsidRPr="001E10E2" w14:paraId="5F69FB73" w14:textId="77777777" w:rsidTr="002E3616">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="5F69FB73" w14:textId="77777777" w:rsidTr="002E3616">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="0D1020E4" w14:textId="77777777" w:rsidR="00A7175B" w:rsidRPr="002E3616" w:rsidRDefault="00A7175B" w:rsidP="00A7175B">
+          <w:p w14:paraId="0D1020E4" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3ECA905D" w14:textId="77B87B8A" w:rsidR="00A7175B" w:rsidRPr="002E3616" w:rsidRDefault="00A7175B" w:rsidP="002E3616">
+          <w:p w14:paraId="3ECA905D" w14:textId="77B87B8A" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A7175B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
@@ -19514,692 +23399,673 @@
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>«Астрономический калейдоскоп»</w:t>
             </w:r>
             <w:r w:rsidRPr="00A7175B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> 2 этап «С мечтою о космосе»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C1108D6" w14:textId="77777777" w:rsidR="00A7175B" w:rsidRPr="002E3616" w:rsidRDefault="00A7175B" w:rsidP="002E3616">
+          <w:p w14:paraId="7C1108D6" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="348CFDC4" w14:textId="2BA46873" w:rsidR="00A7175B" w:rsidRPr="002E3616" w:rsidRDefault="00A7175B" w:rsidP="002E3616">
+          <w:p w14:paraId="348CFDC4" w14:textId="2BA46873" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E3616">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1FF02424" w14:textId="77777777" w:rsidR="00A7175B" w:rsidRPr="002E3616" w:rsidRDefault="00A7175B" w:rsidP="002E3616">
+          <w:p w14:paraId="1FF02424" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5AA74E0C" w14:textId="0AD1F505" w:rsidR="00A7175B" w:rsidRPr="002E3616" w:rsidRDefault="00C948A2" w:rsidP="002E3616">
+          <w:p w14:paraId="5AA74E0C" w14:textId="0AD1F505" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
-              <w:r w:rsidR="00A7175B" w:rsidRPr="002E3616">
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r w:rsidRPr="002E3616">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A7175B" w:rsidRPr="001E10E2" w14:paraId="2DDE9790" w14:textId="77777777" w:rsidTr="002E3616">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="2DDE9790" w14:textId="77777777" w:rsidTr="002E3616">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="6027D558" w14:textId="74C81CA1" w:rsidR="00A7175B" w:rsidRPr="002E3616" w:rsidRDefault="00A7175B" w:rsidP="00A7175B">
+          <w:p w14:paraId="6027D558" w14:textId="74C81CA1" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E3616">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Культура и искусство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="733073CC" w14:textId="7B68614E" w:rsidR="00A7175B" w:rsidRPr="002E3616" w:rsidRDefault="00A7175B" w:rsidP="002E3616">
+          <w:p w14:paraId="733073CC" w14:textId="7B68614E" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E3616">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Районный этап городского детско-юношеского творческого конкурса </w:t>
             </w:r>
             <w:r w:rsidRPr="002E3616">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>«Добрые уроки»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="24D7495B" w14:textId="77777777" w:rsidR="00A7175B" w:rsidRPr="002E3616" w:rsidRDefault="00A7175B" w:rsidP="002E3616">
+          <w:p w14:paraId="24D7495B" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7225DF6E" w14:textId="4CCEECCE" w:rsidR="00A7175B" w:rsidRPr="002E3616" w:rsidRDefault="00A7175B" w:rsidP="002E3616">
+          <w:p w14:paraId="7225DF6E" w14:textId="4CCEECCE" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E3616">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ИМЦ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="31F961B8" w14:textId="77777777" w:rsidR="00A7175B" w:rsidRPr="002E3616" w:rsidRDefault="00A7175B" w:rsidP="002E3616">
+          <w:p w14:paraId="31F961B8" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="472692E8" w14:textId="6DAF2255" w:rsidR="00A7175B" w:rsidRPr="002E3616" w:rsidRDefault="00C948A2" w:rsidP="002E3616">
+          <w:p w14:paraId="472692E8" w14:textId="6DAF2255" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
-              <w:r w:rsidR="00A7175B" w:rsidRPr="002E3616">
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r w:rsidRPr="002E3616">
                 <w:rPr>
                   <w:rStyle w:val="a4"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://cloud.mail.ru/</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A7175B" w:rsidRPr="001E10E2" w14:paraId="6D6E0874" w14:textId="77777777" w:rsidTr="002E3616">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="6D6E0874" w14:textId="77777777" w:rsidTr="002E3616">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="4128D71F" w14:textId="77777777" w:rsidR="00A7175B" w:rsidRPr="002E3616" w:rsidRDefault="00A7175B" w:rsidP="00A7175B">
+          <w:p w14:paraId="4128D71F" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="56D19C33" w14:textId="6CD3B8F8" w:rsidR="00A7175B" w:rsidRPr="002E3616" w:rsidRDefault="00C948A2" w:rsidP="002E3616">
-[...9 lines deleted...]
-              <w:r w:rsidR="00A7175B" w:rsidRPr="002E3616">
+          <w:p w14:paraId="56D19C33" w14:textId="6CD3B8F8" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r w:rsidRPr="002E3616">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Открытый районный конкурс танцевальных коллективов </w:t>
               </w:r>
-              <w:r w:rsidR="00A7175B" w:rsidRPr="002E3616">
+              <w:r w:rsidRPr="002E3616">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:br/>
               </w:r>
-              <w:r w:rsidR="00A7175B" w:rsidRPr="002E3616">
+              <w:r w:rsidRPr="002E3616">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:b/>
                   <w:bCs/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>«Первые танцевальные шаги»</w:t>
               </w:r>
-              <w:r w:rsidR="00A7175B" w:rsidRPr="002E3616">
+              <w:r w:rsidRPr="002E3616">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:br/>
-                <w:t>для образовательных учреждений Кировского района Санкт-Петербурга</w:t>
-[...19 lines deleted...]
-                <w:t>в 2025-2026 учебном году</w:t>
+                <w:t>для образовательных учреждений Кировского района Санкт-Петербурга в 2025-2026 учебном году</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4262257F" w14:textId="77777777" w:rsidR="00A7175B" w:rsidRPr="002E3616" w:rsidRDefault="00A7175B" w:rsidP="002E3616">
+          <w:p w14:paraId="4262257F" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4A45523A" w14:textId="22CA0528" w:rsidR="00A7175B" w:rsidRPr="002E3616" w:rsidRDefault="00A7175B" w:rsidP="002E3616">
+          <w:p w14:paraId="4A45523A" w14:textId="22CA0528" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E3616">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ДДЮТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="607053C9" w14:textId="77777777" w:rsidR="00A7175B" w:rsidRPr="002E3616" w:rsidRDefault="00A7175B" w:rsidP="002E3616">
+          <w:p w14:paraId="607053C9" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="504B2241" w14:textId="6A2600E7" w:rsidR="00A7175B" w:rsidRPr="002E3616" w:rsidRDefault="00C948A2" w:rsidP="002E3616">
-[...9 lines deleted...]
-              <w:r w:rsidR="00A7175B" w:rsidRPr="002E3616">
+          <w:p w14:paraId="504B2241" w14:textId="6A2600E7" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r w:rsidRPr="002E3616">
                 <w:rPr>
                   <w:rStyle w:val="a4"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://cloud.mail.ru/public/vsCk/Q4ZJkKHhy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F01A5" w:rsidRPr="001E10E2" w14:paraId="094CE70D" w14:textId="77777777" w:rsidTr="002E3616">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="094CE70D" w14:textId="77777777" w:rsidTr="002E3616">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="5842C5D7" w14:textId="70CF309F" w:rsidR="002F01A5" w:rsidRPr="002E3616" w:rsidRDefault="002F01A5" w:rsidP="00A7175B">
+          <w:p w14:paraId="5842C5D7" w14:textId="70CF309F" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E3616">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Патриотическое направление</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="476033B8" w14:textId="77777777" w:rsidR="002F01A5" w:rsidRPr="002E3616" w:rsidRDefault="002F01A5" w:rsidP="002E3616">
+          <w:p w14:paraId="476033B8" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F01A5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Районный конкурс для 6 классов</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="14ACA712" w14:textId="116BFC4E" w:rsidR="002F01A5" w:rsidRPr="002E3616" w:rsidRDefault="002F01A5" w:rsidP="002E3616">
+          <w:p w14:paraId="14ACA712" w14:textId="116BFC4E" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F01A5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>«Марафон знатоков Петербурга»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3E920879" w14:textId="77777777" w:rsidR="002F01A5" w:rsidRPr="002E3616" w:rsidRDefault="002F01A5" w:rsidP="002E3616">
+          <w:p w14:paraId="3E920879" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="035BE6DF" w14:textId="1C090FAA" w:rsidR="002F01A5" w:rsidRPr="002E3616" w:rsidRDefault="002F01A5" w:rsidP="002E3616">
+          <w:p w14:paraId="035BE6DF" w14:textId="1C090FAA" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E3616">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="77B4B57A" w14:textId="77777777" w:rsidR="002F01A5" w:rsidRPr="002E3616" w:rsidRDefault="002F01A5" w:rsidP="002E3616">
+          <w:p w14:paraId="77B4B57A" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6AA2F990" w14:textId="72C50EFC" w:rsidR="002F01A5" w:rsidRPr="002E3616" w:rsidRDefault="00C948A2" w:rsidP="002E3616">
+          <w:p w14:paraId="6AA2F990" w14:textId="72C50EFC" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
-              <w:r w:rsidR="002F01A5" w:rsidRPr="002F01A5">
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r w:rsidRPr="002F01A5">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F01A5" w:rsidRPr="001E10E2" w14:paraId="2B57929A" w14:textId="77777777" w:rsidTr="002E3616">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="2B57929A" w14:textId="77777777" w:rsidTr="002E3616">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="73D86232" w14:textId="77777777" w:rsidR="002F01A5" w:rsidRPr="002E3616" w:rsidRDefault="002F01A5" w:rsidP="00A7175B">
+          <w:p w14:paraId="73D86232" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4F3C05C9" w14:textId="5ED4AD1F" w:rsidR="002F01A5" w:rsidRPr="002E3616" w:rsidRDefault="002F01A5" w:rsidP="002E3616">
+          <w:p w14:paraId="4F3C05C9" w14:textId="5ED4AD1F" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F01A5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
@@ -20211,1408 +24077,1566 @@
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> «Есть память, которой не будет конца», </w:t>
             </w:r>
             <w:r w:rsidRPr="002F01A5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>посвящённой Дню Победы в Великой Отечественной Войне 1941-1945 гг.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4CB6BFF8" w14:textId="77777777" w:rsidR="002F01A5" w:rsidRPr="002E3616" w:rsidRDefault="002F01A5" w:rsidP="002E3616">
+          <w:p w14:paraId="4CB6BFF8" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="19EF5FAB" w14:textId="006649EC" w:rsidR="002F01A5" w:rsidRPr="002E3616" w:rsidRDefault="002F01A5" w:rsidP="002E3616">
+          <w:p w14:paraId="19EF5FAB" w14:textId="006649EC" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E3616">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F35DD0B" w14:textId="77777777" w:rsidR="002F01A5" w:rsidRPr="002E3616" w:rsidRDefault="002F01A5" w:rsidP="002E3616">
+          <w:p w14:paraId="0F35DD0B" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="206DB222" w14:textId="0CDCE059" w:rsidR="002F01A5" w:rsidRPr="002E3616" w:rsidRDefault="00C948A2" w:rsidP="002E3616">
+          <w:p w14:paraId="206DB222" w14:textId="0CDCE059" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
-              <w:r w:rsidR="002F01A5" w:rsidRPr="002F01A5">
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r w:rsidRPr="002F01A5">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F01A5" w:rsidRPr="001E10E2" w14:paraId="28287373" w14:textId="77777777" w:rsidTr="002E3616">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="28287373" w14:textId="77777777" w:rsidTr="002E3616">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="5BAA6A38" w14:textId="3DA3B372" w:rsidR="002F01A5" w:rsidRPr="002E3616" w:rsidRDefault="002F01A5" w:rsidP="00A7175B">
+          <w:p w14:paraId="5BAA6A38" w14:textId="3DA3B372" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E3616">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Спортивной направленности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="33B9D277" w14:textId="2A5D7816" w:rsidR="002F01A5" w:rsidRPr="002E3616" w:rsidRDefault="00C948A2" w:rsidP="002E3616">
-[...9 lines deleted...]
-              <w:r w:rsidR="002F01A5" w:rsidRPr="002E3616">
+          <w:p w14:paraId="33B9D277" w14:textId="2A5D7816" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r w:rsidRPr="002E3616">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Открытое городское </w:t>
               </w:r>
-              <w:r w:rsidR="002F01A5" w:rsidRPr="002E3616">
+              <w:r w:rsidRPr="002E3616">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:b/>
                   <w:bCs/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>лично-командное первенство по стрельбе из оптико-электронного оружия</w:t>
               </w:r>
-              <w:r w:rsidR="002F01A5" w:rsidRPr="002E3616">
+              <w:r w:rsidRPr="002E3616">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> среди обучающихся образовательных учреждений Санкт-Петербурга</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7ACBFD30" w14:textId="77777777" w:rsidR="002F01A5" w:rsidRPr="002E3616" w:rsidRDefault="002F01A5" w:rsidP="002E3616">
+          <w:p w14:paraId="7ACBFD30" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7EBD1218" w14:textId="497C7960" w:rsidR="002F01A5" w:rsidRPr="002E3616" w:rsidRDefault="002F01A5" w:rsidP="002E3616">
+          <w:p w14:paraId="7EBD1218" w14:textId="497C7960" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E3616">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ДДЮТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="366C2612" w14:textId="77777777" w:rsidR="002F01A5" w:rsidRPr="002E3616" w:rsidRDefault="002F01A5" w:rsidP="002E3616">
+          <w:p w14:paraId="366C2612" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6DFD440C" w14:textId="4EFD853E" w:rsidR="002F01A5" w:rsidRPr="002E3616" w:rsidRDefault="00C948A2" w:rsidP="002E3616">
-[...9 lines deleted...]
-              <w:r w:rsidR="002F01A5" w:rsidRPr="002E3616">
+          <w:p w14:paraId="6DFD440C" w14:textId="4EFD853E" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r w:rsidRPr="002E3616">
                 <w:rPr>
                   <w:rStyle w:val="a4"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://cloud.mail.ru/public/Gjsk/S4sg4MVR5</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F01A5" w:rsidRPr="001E10E2" w14:paraId="28B57094" w14:textId="77777777" w:rsidTr="002E3616">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="28B57094" w14:textId="77777777" w:rsidTr="002E3616">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="6FA69095" w14:textId="77777777" w:rsidR="002F01A5" w:rsidRPr="002E3616" w:rsidRDefault="002F01A5" w:rsidP="002F01A5">
+          <w:p w14:paraId="6FA69095" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64058695" w14:textId="1A758AE0" w:rsidR="002F01A5" w:rsidRPr="002E3616" w:rsidRDefault="002F01A5" w:rsidP="002E3616">
+          <w:p w14:paraId="64058695" w14:textId="1A758AE0" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F01A5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Межмуниципальные соревнования</w:t>
             </w:r>
             <w:r w:rsidRPr="002F01A5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> «Первенство Кировского района Санкт-Петербурга по спортивному ориентированию среди обучающихся. 2 этап»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4308F60B" w14:textId="77777777" w:rsidR="002F01A5" w:rsidRPr="002E3616" w:rsidRDefault="002F01A5" w:rsidP="002E3616">
+          <w:p w14:paraId="4308F60B" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="49D3DDC3" w14:textId="765FAC06" w:rsidR="002F01A5" w:rsidRPr="002E3616" w:rsidRDefault="002F01A5" w:rsidP="002E3616">
+          <w:p w14:paraId="49D3DDC3" w14:textId="765FAC06" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E3616">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5FEF4C8B" w14:textId="77777777" w:rsidR="002F01A5" w:rsidRPr="002E3616" w:rsidRDefault="002F01A5" w:rsidP="002E3616">
+          <w:p w14:paraId="5FEF4C8B" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A584E01" w14:textId="2A5C657B" w:rsidR="002F01A5" w:rsidRPr="002E3616" w:rsidRDefault="00C948A2" w:rsidP="002E3616">
+          <w:p w14:paraId="7A584E01" w14:textId="2A5C657B" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
-              <w:r w:rsidR="002F01A5" w:rsidRPr="002F01A5">
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r w:rsidRPr="002F01A5">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F01A5" w:rsidRPr="001E10E2" w14:paraId="650A79FD" w14:textId="77777777" w:rsidTr="002E3616">
+      <w:tr w:rsidR="00061A93" w:rsidRPr="001E10E2" w14:paraId="650A79FD" w14:textId="77777777" w:rsidTr="002E3616">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6F911022" w14:textId="5AB39363" w:rsidR="002F01A5" w:rsidRPr="002E3616" w:rsidRDefault="002F01A5" w:rsidP="002F01A5">
+          <w:p w14:paraId="6F911022" w14:textId="5AB39363" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E3616">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Туризм и путешествия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B24E688" w14:textId="16989C7F" w:rsidR="002F01A5" w:rsidRPr="002E3616" w:rsidRDefault="00C948A2" w:rsidP="002E3616">
-[...9 lines deleted...]
-              <w:r w:rsidR="002F01A5" w:rsidRPr="002E3616">
+          <w:p w14:paraId="2B24E688" w14:textId="16989C7F" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r w:rsidRPr="002E3616">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Районная краеведческая игра-турнир </w:t>
               </w:r>
-              <w:r w:rsidR="002F01A5" w:rsidRPr="002E3616">
+              <w:r w:rsidRPr="002E3616">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:b/>
                   <w:bCs/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t xml:space="preserve">«Сокровищницы Невских берегов» </w:t>
               </w:r>
-              <w:r w:rsidR="002F01A5" w:rsidRPr="002E3616">
+              <w:r w:rsidRPr="002E3616">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:t xml:space="preserve">для </w:t>
-[...10 lines deleted...]
-                <w:t>учащихся ОУ Кировского района Санкт-Петербурга</w:t>
+                <w:t>для учащихся ОУ Кировского района Санкт-Петербурга</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="41ACC4C0" w14:textId="77777777" w:rsidR="002F01A5" w:rsidRPr="002E3616" w:rsidRDefault="002F01A5" w:rsidP="002E3616">
+          <w:p w14:paraId="41ACC4C0" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C04CF52" w14:textId="3F04FD87" w:rsidR="002F01A5" w:rsidRPr="002E3616" w:rsidRDefault="002F01A5" w:rsidP="002E3616">
+          <w:p w14:paraId="1C04CF52" w14:textId="3F04FD87" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E3616">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ДДЮТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7F9240E5" w14:textId="77777777" w:rsidR="002F01A5" w:rsidRPr="002E3616" w:rsidRDefault="002F01A5" w:rsidP="002E3616">
+          <w:p w14:paraId="7F9240E5" w14:textId="77777777" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="28D095AB" w14:textId="6EED87DE" w:rsidR="002F01A5" w:rsidRPr="002E3616" w:rsidRDefault="00C948A2" w:rsidP="002E3616">
-[...9 lines deleted...]
-              <w:r w:rsidR="002F01A5" w:rsidRPr="002E3616">
+          <w:p w14:paraId="28D095AB" w14:textId="6EED87DE" w:rsidR="00061A93" w:rsidRPr="002E3616" w:rsidRDefault="00061A93" w:rsidP="00061A93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r w:rsidRPr="002E3616">
                 <w:rPr>
                   <w:rStyle w:val="a4"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://clck.ru/3Mm7fG</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F01A5" w:rsidRPr="001E10E2" w14:paraId="6B0FEEE9" w14:textId="77777777" w:rsidTr="002E3616">
+      <w:tr w:rsidR="002F1255" w:rsidRPr="001E10E2" w14:paraId="6B0FEEE9" w14:textId="77777777" w:rsidTr="002E3616">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="34818C35" w14:textId="6BDAD4D7" w:rsidR="002F01A5" w:rsidRPr="002E3616" w:rsidRDefault="002F01A5" w:rsidP="002F01A5">
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="34818C35" w14:textId="6BDAD4D7" w:rsidR="002F1255" w:rsidRPr="002E3616" w:rsidRDefault="002F1255" w:rsidP="00061A93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E3616">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Медиа и ИКТ-технологии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="68ECA824" w14:textId="1097611F" w:rsidR="002F01A5" w:rsidRPr="002E3616" w:rsidRDefault="002F01A5" w:rsidP="002E3616">
+          <w:p w14:paraId="68ECA824" w14:textId="1097611F" w:rsidR="002F1255" w:rsidRPr="002E3616" w:rsidRDefault="002F1255" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F01A5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Открытый районный конкурс по основам компьютерной грамотности</w:t>
             </w:r>
             <w:r w:rsidRPr="002F01A5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> «Юный </w:t>
-[...23 lines deleted...]
-              <w:t>»</w:t>
+              <w:t xml:space="preserve"> «Юный SuperUser»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="59FB5394" w14:textId="77777777" w:rsidR="002F01A5" w:rsidRPr="002E3616" w:rsidRDefault="002F01A5" w:rsidP="002E3616">
+          <w:p w14:paraId="59FB5394" w14:textId="77777777" w:rsidR="002F1255" w:rsidRPr="002E3616" w:rsidRDefault="002F1255" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="19C24131" w14:textId="14AAECCD" w:rsidR="002F01A5" w:rsidRPr="002E3616" w:rsidRDefault="002F01A5" w:rsidP="002E3616">
+          <w:p w14:paraId="19C24131" w14:textId="14AAECCD" w:rsidR="002F1255" w:rsidRPr="002E3616" w:rsidRDefault="002F1255" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E3616">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C4BA1E8" w14:textId="77777777" w:rsidR="002F01A5" w:rsidRPr="002E3616" w:rsidRDefault="002F01A5" w:rsidP="002E3616">
+          <w:p w14:paraId="4C4BA1E8" w14:textId="77777777" w:rsidR="002F1255" w:rsidRPr="002E3616" w:rsidRDefault="002F1255" w:rsidP="00061A93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C8F2876" w14:textId="35ADF57A" w:rsidR="002F01A5" w:rsidRPr="002E3616" w:rsidRDefault="00C948A2" w:rsidP="002E3616">
+          <w:p w14:paraId="0C8F2876" w14:textId="35ADF57A" w:rsidR="002F1255" w:rsidRPr="002E3616" w:rsidRDefault="002F1255" w:rsidP="00061A93">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
-              <w:r w:rsidR="002F01A5" w:rsidRPr="002F01A5">
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r w:rsidRPr="002F01A5">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F01A5" w:rsidRPr="001E10E2" w14:paraId="40555296" w14:textId="77777777" w:rsidTr="00723E3E">
+      <w:tr w:rsidR="002F1255" w:rsidRPr="001E10E2" w14:paraId="1A570694" w14:textId="77777777" w:rsidTr="00D43453">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
-[...18 lines deleted...]
-            </w:r>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="6839D2D4" w14:textId="0EED539E" w:rsidR="002F1255" w:rsidRPr="002E3616" w:rsidRDefault="002F1255" w:rsidP="002F1255">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:position w:val="-1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
-[...103 lines deleted...]
-          <w:p w14:paraId="3353F388" w14:textId="21A6969B" w:rsidR="002F01A5" w:rsidRPr="002E3616" w:rsidRDefault="003B24C5" w:rsidP="002E3616">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="06A861E8" w14:textId="77777777" w:rsidR="002F1255" w:rsidRDefault="002F1255" w:rsidP="002F1255">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Конкурс </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00061A93">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>компьютерных работ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D59F838" w14:textId="04C0B330" w:rsidR="002F1255" w:rsidRPr="002F01A5" w:rsidRDefault="002F1255" w:rsidP="002F1255">
+            <w:pPr>
+              <w:pBdr>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="top"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>учащихся Кировского района</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F9430B8" w14:textId="77777777" w:rsidR="002F1255" w:rsidRPr="002E3616" w:rsidRDefault="002F1255" w:rsidP="002F1255">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="031DDB6A" w14:textId="6FA6EADD" w:rsidR="002F1255" w:rsidRPr="002E3616" w:rsidRDefault="002F1255" w:rsidP="002F1255">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ИМЦ (ЦИК)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1570" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B771972" w14:textId="77777777" w:rsidR="002F1255" w:rsidRPr="002E3616" w:rsidRDefault="002F1255" w:rsidP="002F1255">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3807" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1317FD24" w14:textId="718D037D" w:rsidR="002F1255" w:rsidRDefault="002F1255" w:rsidP="002F1255">
+            <w:pPr>
+              <w:pBdr>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="top"/>
+              <w:outlineLvl w:val="0"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r w:rsidRPr="00952938">
+                <w:rPr>
+                  <w:rStyle w:val="a4"/>
+                </w:rPr>
+                <w:t>https://imc.kirov.spb.ru/index.php/deyatelnost/meropriyatiya-ikt-napravlennosti/konkurs-kompyuternykh-rabot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002F1255" w:rsidRPr="001E10E2" w14:paraId="40555296" w14:textId="77777777" w:rsidTr="00723E3E">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="10" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2263" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D37F3AD" w14:textId="740B835D" w:rsidR="002F1255" w:rsidRPr="001E10E2" w:rsidRDefault="002F1255" w:rsidP="002F1255">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Май 2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="568C085E" w14:textId="77777777" w:rsidR="002F1255" w:rsidRPr="001E10E2" w:rsidRDefault="002F1255" w:rsidP="002F1255">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5529D3CA" w14:textId="77777777" w:rsidR="002F1255" w:rsidRPr="001E10E2" w:rsidRDefault="002F1255" w:rsidP="002F1255">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="40AEDDD3" w14:textId="77777777" w:rsidR="002F1255" w:rsidRPr="001E10E2" w:rsidRDefault="002F1255" w:rsidP="002F1255">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1570" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F80C1A5" w14:textId="77777777" w:rsidR="002F1255" w:rsidRPr="001E10E2" w:rsidRDefault="002F1255" w:rsidP="002F1255">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3807" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5991902F" w14:textId="77777777" w:rsidR="002F1255" w:rsidRPr="001E10E2" w:rsidRDefault="002F1255" w:rsidP="002F1255">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002F1255" w:rsidRPr="001E10E2" w14:paraId="17AC002B" w14:textId="77777777" w:rsidTr="002E3616">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="10" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2263" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77813826" w14:textId="48D4D988" w:rsidR="002F1255" w:rsidRPr="004E410D" w:rsidRDefault="002F1255" w:rsidP="002F1255">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E410D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:position w:val="-1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Предметные конкурсы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3353F388" w14:textId="21A6969B" w:rsidR="002F1255" w:rsidRPr="002E3616" w:rsidRDefault="002F1255" w:rsidP="002F1255">
+            <w:pPr>
+              <w:pBdr>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="top"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B24C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Районный Слёт юных инспекторов движения (ЮИД) Кировского района Санкт-Петербурга</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="36B26746" w14:textId="77777777" w:rsidR="002F01A5" w:rsidRPr="002E3616" w:rsidRDefault="002F01A5" w:rsidP="002E3616">
+          <w:p w14:paraId="36B26746" w14:textId="77777777" w:rsidR="002F1255" w:rsidRPr="002E3616" w:rsidRDefault="002F1255" w:rsidP="002F1255">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7530AB1D" w14:textId="47D3FB4C" w:rsidR="002F01A5" w:rsidRPr="002E3616" w:rsidRDefault="00525DA6" w:rsidP="002E3616">
+          <w:p w14:paraId="7530AB1D" w14:textId="47D3FB4C" w:rsidR="002F1255" w:rsidRPr="002E3616" w:rsidRDefault="002F1255" w:rsidP="002F1255">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E3616">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67216AB3" w14:textId="77777777" w:rsidR="002F01A5" w:rsidRPr="002E3616" w:rsidRDefault="002F01A5" w:rsidP="002E3616">
+          <w:p w14:paraId="67216AB3" w14:textId="77777777" w:rsidR="002F1255" w:rsidRPr="002E3616" w:rsidRDefault="002F1255" w:rsidP="002F1255">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="080735EA" w14:textId="1C7FEF4F" w:rsidR="002F01A5" w:rsidRPr="002E3616" w:rsidRDefault="00C948A2" w:rsidP="002E3616">
-[...9 lines deleted...]
-              <w:r w:rsidR="00525DA6" w:rsidRPr="002E3616">
+          <w:p w14:paraId="080735EA" w14:textId="1C7FEF4F" w:rsidR="002F1255" w:rsidRPr="002E3616" w:rsidRDefault="002F1255" w:rsidP="002F1255">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r w:rsidRPr="002E3616">
                 <w:rPr>
                   <w:rStyle w:val="a4"/>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B24C5" w:rsidRPr="001E10E2" w14:paraId="77DCA4B6" w14:textId="77777777" w:rsidTr="002E3616">
+      <w:tr w:rsidR="002F1255" w:rsidRPr="001E10E2" w14:paraId="77DCA4B6" w14:textId="77777777" w:rsidTr="002E3616">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="46D1473B" w14:textId="2945F753" w:rsidR="003B24C5" w:rsidRPr="004E410D" w:rsidRDefault="003B24C5" w:rsidP="003B24C5">
+          <w:p w14:paraId="46D1473B" w14:textId="2945F753" w:rsidR="002F1255" w:rsidRPr="004E410D" w:rsidRDefault="002F1255" w:rsidP="002F1255">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E410D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Культура и искусство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65A669FD" w14:textId="2E483AD4" w:rsidR="003B24C5" w:rsidRPr="002E3616" w:rsidRDefault="003B24C5" w:rsidP="002E3616">
+          <w:p w14:paraId="65A669FD" w14:textId="2E483AD4" w:rsidR="002F1255" w:rsidRPr="002E3616" w:rsidRDefault="002F1255" w:rsidP="002F1255">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E3616">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Районный этап городского детско-юношеского творческого конкурса </w:t>
             </w:r>
             <w:r w:rsidRPr="002E3616">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>«Добрые уроки»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C3CFAA8" w14:textId="77777777" w:rsidR="003B24C5" w:rsidRPr="002E3616" w:rsidRDefault="003B24C5" w:rsidP="002E3616">
+          <w:p w14:paraId="3C3CFAA8" w14:textId="77777777" w:rsidR="002F1255" w:rsidRPr="002E3616" w:rsidRDefault="002F1255" w:rsidP="002F1255">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A68E084" w14:textId="0AE46892" w:rsidR="003B24C5" w:rsidRPr="002E3616" w:rsidRDefault="003B24C5" w:rsidP="002E3616">
+          <w:p w14:paraId="0A68E084" w14:textId="0AE46892" w:rsidR="002F1255" w:rsidRPr="002E3616" w:rsidRDefault="002F1255" w:rsidP="002F1255">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E3616">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ИМЦ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7479E77D" w14:textId="77777777" w:rsidR="003B24C5" w:rsidRPr="002E3616" w:rsidRDefault="003B24C5" w:rsidP="002E3616">
+          <w:p w14:paraId="7479E77D" w14:textId="77777777" w:rsidR="002F1255" w:rsidRPr="002E3616" w:rsidRDefault="002F1255" w:rsidP="002F1255">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03B2A7D1" w14:textId="07C867F1" w:rsidR="003B24C5" w:rsidRPr="002E3616" w:rsidRDefault="00C948A2" w:rsidP="002E3616">
+          <w:p w14:paraId="03B2A7D1" w14:textId="07C867F1" w:rsidR="002F1255" w:rsidRPr="002E3616" w:rsidRDefault="002F1255" w:rsidP="002F1255">
             <w:pPr>
               <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
-              <w:r w:rsidR="003B24C5" w:rsidRPr="002E3616">
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r w:rsidRPr="002E3616">
                 <w:rPr>
                   <w:rStyle w:val="a4"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://cloud.mail.ru/</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B24C5" w:rsidRPr="001E10E2" w14:paraId="6682F5B8" w14:textId="77777777" w:rsidTr="002E3616">
+      <w:tr w:rsidR="002F1255" w:rsidRPr="001E10E2" w14:paraId="6682F5B8" w14:textId="77777777" w:rsidTr="002E3616">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="515A160E" w14:textId="77777777" w:rsidR="003B24C5" w:rsidRPr="004E410D" w:rsidRDefault="003B24C5" w:rsidP="003B24C5">
+          <w:p w14:paraId="515A160E" w14:textId="77777777" w:rsidR="002F1255" w:rsidRPr="004E410D" w:rsidRDefault="002F1255" w:rsidP="002F1255">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="080D016A" w14:textId="7B4B63B5" w:rsidR="003B24C5" w:rsidRPr="002E3616" w:rsidRDefault="003B24C5" w:rsidP="002E3616">
+          <w:p w14:paraId="080D016A" w14:textId="7B4B63B5" w:rsidR="002F1255" w:rsidRPr="002E3616" w:rsidRDefault="002F1255" w:rsidP="002F1255">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B24C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Открытая районная выставка-конкурс семейного творчества, в том числе для детей с ограниченными возможностями здоровья,</w:t>
             </w:r>
             <w:r w:rsidRPr="003B24C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> «Семья – любви великой царство»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="75FBE951" w14:textId="77777777" w:rsidR="003B24C5" w:rsidRPr="002E3616" w:rsidRDefault="003B24C5" w:rsidP="002E3616">
+          <w:p w14:paraId="75FBE951" w14:textId="77777777" w:rsidR="002F1255" w:rsidRPr="002E3616" w:rsidRDefault="002F1255" w:rsidP="002F1255">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5C32AFE6" w14:textId="7CEE8B9A" w:rsidR="003B24C5" w:rsidRPr="002E3616" w:rsidRDefault="003B24C5" w:rsidP="002E3616">
+          <w:p w14:paraId="5C32AFE6" w14:textId="7CEE8B9A" w:rsidR="002F1255" w:rsidRPr="002E3616" w:rsidRDefault="002F1255" w:rsidP="002F1255">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E3616">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F9304EA" w14:textId="77777777" w:rsidR="003B24C5" w:rsidRPr="002E3616" w:rsidRDefault="003B24C5" w:rsidP="002E3616">
+          <w:p w14:paraId="1F9304EA" w14:textId="77777777" w:rsidR="002F1255" w:rsidRPr="002E3616" w:rsidRDefault="002F1255" w:rsidP="002F1255">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6630503C" w14:textId="780C37DF" w:rsidR="003B24C5" w:rsidRPr="002E3616" w:rsidRDefault="00C948A2" w:rsidP="002E3616">
+          <w:p w14:paraId="6630503C" w14:textId="780C37DF" w:rsidR="002F1255" w:rsidRPr="002E3616" w:rsidRDefault="002F1255" w:rsidP="002F1255">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
-              <w:r w:rsidR="003B24C5" w:rsidRPr="003B24C5">
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r w:rsidRPr="003B24C5">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F3EBA" w:rsidRPr="001E10E2" w14:paraId="2403041C" w14:textId="77777777" w:rsidTr="002E3616">
+      <w:tr w:rsidR="002F1255" w:rsidRPr="001E10E2" w14:paraId="2403041C" w14:textId="77777777" w:rsidTr="002E3616">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="342B7852" w14:textId="6C49D5CD" w:rsidR="004F3EBA" w:rsidRPr="004E410D" w:rsidRDefault="004F3EBA" w:rsidP="003B24C5">
+          <w:p w14:paraId="342B7852" w14:textId="6C49D5CD" w:rsidR="002F1255" w:rsidRPr="004E410D" w:rsidRDefault="002F1255" w:rsidP="002F1255">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E410D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Патриотическое направление</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="02B3BBEF" w14:textId="2BC4C3E3" w:rsidR="004F3EBA" w:rsidRPr="002E3616" w:rsidRDefault="004F3EBA" w:rsidP="002E3616">
+          <w:p w14:paraId="02B3BBEF" w14:textId="2BC4C3E3" w:rsidR="002F1255" w:rsidRPr="002E3616" w:rsidRDefault="002F1255" w:rsidP="002F1255">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F710E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Районная выставка</w:t>
             </w:r>
@@ -21622,1043 +25646,1043 @@
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> «Есть память, которой не будет конца», </w:t>
             </w:r>
             <w:r w:rsidRPr="001F710E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>посвящённой Дню Победы в Великой Отечественной Войне 1941-1945 гг.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="443D60A5" w14:textId="77777777" w:rsidR="004F3EBA" w:rsidRPr="002E3616" w:rsidRDefault="004F3EBA" w:rsidP="002E3616">
+          <w:p w14:paraId="443D60A5" w14:textId="77777777" w:rsidR="002F1255" w:rsidRPr="002E3616" w:rsidRDefault="002F1255" w:rsidP="002F1255">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01B162DA" w14:textId="3BFB1E43" w:rsidR="004F3EBA" w:rsidRPr="002E3616" w:rsidRDefault="004F3EBA" w:rsidP="002E3616">
+          <w:p w14:paraId="01B162DA" w14:textId="3BFB1E43" w:rsidR="002F1255" w:rsidRPr="002E3616" w:rsidRDefault="002F1255" w:rsidP="002F1255">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E3616">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D2A0590" w14:textId="77777777" w:rsidR="004F3EBA" w:rsidRPr="002E3616" w:rsidRDefault="004F3EBA" w:rsidP="002E3616">
+          <w:p w14:paraId="0D2A0590" w14:textId="77777777" w:rsidR="002F1255" w:rsidRPr="002E3616" w:rsidRDefault="002F1255" w:rsidP="002F1255">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="202419EB" w14:textId="271BFED7" w:rsidR="004F3EBA" w:rsidRPr="002E3616" w:rsidRDefault="00C948A2" w:rsidP="002E3616">
+          <w:p w14:paraId="202419EB" w14:textId="271BFED7" w:rsidR="002F1255" w:rsidRPr="002E3616" w:rsidRDefault="002F1255" w:rsidP="002F1255">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
-              <w:r w:rsidR="004F3EBA" w:rsidRPr="001F710E">
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r w:rsidRPr="001F710E">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F3EBA" w:rsidRPr="001E10E2" w14:paraId="7BA65904" w14:textId="77777777" w:rsidTr="002E3616">
+      <w:tr w:rsidR="002F1255" w:rsidRPr="001E10E2" w14:paraId="7BA65904" w14:textId="77777777" w:rsidTr="002E3616">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="36C76C54" w14:textId="77777777" w:rsidR="004F3EBA" w:rsidRPr="004E410D" w:rsidRDefault="004F3EBA" w:rsidP="003B24C5">
+          <w:p w14:paraId="36C76C54" w14:textId="77777777" w:rsidR="002F1255" w:rsidRPr="004E410D" w:rsidRDefault="002F1255" w:rsidP="002F1255">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B93B2F3" w14:textId="2405AC49" w:rsidR="004F3EBA" w:rsidRPr="002E3616" w:rsidRDefault="004F3EBA" w:rsidP="002E3616">
+          <w:p w14:paraId="1B93B2F3" w14:textId="2405AC49" w:rsidR="002F1255" w:rsidRPr="002E3616" w:rsidRDefault="002F1255" w:rsidP="002F1255">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F3EBA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Открытая районная выставка-конкурс изобразительного искусства </w:t>
             </w:r>
             <w:r w:rsidRPr="004F3EBA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>«А наутро была война…»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C44E55A" w14:textId="77777777" w:rsidR="004F3EBA" w:rsidRPr="002E3616" w:rsidRDefault="004F3EBA" w:rsidP="002E3616">
+          <w:p w14:paraId="0C44E55A" w14:textId="77777777" w:rsidR="002F1255" w:rsidRPr="002E3616" w:rsidRDefault="002F1255" w:rsidP="002F1255">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4A1F75B3" w14:textId="5705148B" w:rsidR="004F3EBA" w:rsidRPr="002E3616" w:rsidRDefault="002E76A0" w:rsidP="002E3616">
+          <w:p w14:paraId="4A1F75B3" w14:textId="5705148B" w:rsidR="002F1255" w:rsidRPr="002E3616" w:rsidRDefault="002F1255" w:rsidP="002F1255">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E3616">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="33F34339" w14:textId="77777777" w:rsidR="004F3EBA" w:rsidRPr="002E3616" w:rsidRDefault="004F3EBA" w:rsidP="002E3616">
+          <w:p w14:paraId="33F34339" w14:textId="77777777" w:rsidR="002F1255" w:rsidRPr="002E3616" w:rsidRDefault="002F1255" w:rsidP="002F1255">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1666AA77" w14:textId="512C2F36" w:rsidR="004F3EBA" w:rsidRPr="002E3616" w:rsidRDefault="00C948A2" w:rsidP="002E3616">
+          <w:p w14:paraId="1666AA77" w14:textId="512C2F36" w:rsidR="002F1255" w:rsidRPr="002E3616" w:rsidRDefault="002F1255" w:rsidP="002F1255">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
-              <w:r w:rsidR="002E76A0" w:rsidRPr="004F3EBA">
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r w:rsidRPr="004F3EBA">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00386761" w:rsidRPr="001E10E2" w14:paraId="7EA16E46" w14:textId="77777777" w:rsidTr="002E3616">
+      <w:tr w:rsidR="002F1255" w:rsidRPr="001E10E2" w14:paraId="7EA16E46" w14:textId="77777777" w:rsidTr="002E3616">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1B7B6A3A" w14:textId="12106A32" w:rsidR="00386761" w:rsidRPr="004E410D" w:rsidRDefault="00386761" w:rsidP="003B24C5">
+          <w:p w14:paraId="1B7B6A3A" w14:textId="12106A32" w:rsidR="002F1255" w:rsidRPr="004E410D" w:rsidRDefault="002F1255" w:rsidP="002F1255">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E410D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Спортивной направленности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="68A6F53B" w14:textId="08AF3B1F" w:rsidR="00386761" w:rsidRPr="002E3616" w:rsidRDefault="00386761" w:rsidP="002E3616">
+          <w:p w14:paraId="68A6F53B" w14:textId="08AF3B1F" w:rsidR="002F1255" w:rsidRPr="002E3616" w:rsidRDefault="002F1255" w:rsidP="002F1255">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E3616">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Районный интеллектуальный</w:t>
             </w:r>
             <w:r w:rsidRPr="002E3616">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> шахматный Фестиваль </w:t>
             </w:r>
             <w:r w:rsidRPr="002E3616">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>творческих работ дошкольников и Кировского района Санкт-Петербурга</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="681AC12E" w14:textId="77777777" w:rsidR="00386761" w:rsidRPr="002E3616" w:rsidRDefault="00386761" w:rsidP="002E3616">
+          <w:p w14:paraId="681AC12E" w14:textId="77777777" w:rsidR="002F1255" w:rsidRPr="002E3616" w:rsidRDefault="002F1255" w:rsidP="002F1255">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6571FF5D" w14:textId="3C408090" w:rsidR="00386761" w:rsidRPr="002E3616" w:rsidRDefault="00386761" w:rsidP="002E3616">
+          <w:p w14:paraId="6571FF5D" w14:textId="3C408090" w:rsidR="002F1255" w:rsidRPr="002E3616" w:rsidRDefault="002F1255" w:rsidP="002F1255">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E3616">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="615E8413" w14:textId="77777777" w:rsidR="00386761" w:rsidRPr="002E3616" w:rsidRDefault="00386761" w:rsidP="002E3616">
+          <w:p w14:paraId="615E8413" w14:textId="77777777" w:rsidR="002F1255" w:rsidRPr="002E3616" w:rsidRDefault="002F1255" w:rsidP="002F1255">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01FDBF52" w14:textId="59C0B6A8" w:rsidR="00386761" w:rsidRPr="002E3616" w:rsidRDefault="00C948A2" w:rsidP="002E3616">
+          <w:p w14:paraId="01FDBF52" w14:textId="59C0B6A8" w:rsidR="002F1255" w:rsidRPr="002E3616" w:rsidRDefault="002F1255" w:rsidP="002F1255">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
-              <w:r w:rsidR="00386761" w:rsidRPr="002E3616">
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r w:rsidRPr="002E3616">
                 <w:rPr>
                   <w:rStyle w:val="a4"/>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B24C5" w:rsidRPr="001E10E2" w14:paraId="795475A3" w14:textId="77777777" w:rsidTr="00723E3E">
+      <w:tr w:rsidR="002F1255" w:rsidRPr="001E10E2" w14:paraId="795475A3" w14:textId="77777777" w:rsidTr="00723E3E">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="0A3F825A" w14:textId="6C2705E7" w:rsidR="003B24C5" w:rsidRPr="001E10E2" w:rsidRDefault="003B24C5" w:rsidP="003B24C5">
+          <w:p w14:paraId="0A3F825A" w14:textId="6C2705E7" w:rsidR="002F1255" w:rsidRPr="001E10E2" w:rsidRDefault="002F1255" w:rsidP="002F1255">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Июнь 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="417867D9" w14:textId="77777777" w:rsidR="003B24C5" w:rsidRPr="001E10E2" w:rsidRDefault="003B24C5" w:rsidP="003B24C5">
+          <w:p w14:paraId="417867D9" w14:textId="77777777" w:rsidR="002F1255" w:rsidRPr="001E10E2" w:rsidRDefault="002F1255" w:rsidP="002F1255">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="4334CFAA" w14:textId="77777777" w:rsidR="003B24C5" w:rsidRPr="001E10E2" w:rsidRDefault="003B24C5" w:rsidP="003B24C5">
+          <w:p w14:paraId="4334CFAA" w14:textId="77777777" w:rsidR="002F1255" w:rsidRPr="001E10E2" w:rsidRDefault="002F1255" w:rsidP="002F1255">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="5C0F92CF" w14:textId="77777777" w:rsidR="003B24C5" w:rsidRPr="001E10E2" w:rsidRDefault="003B24C5" w:rsidP="003B24C5">
+          <w:p w14:paraId="5C0F92CF" w14:textId="77777777" w:rsidR="002F1255" w:rsidRPr="001E10E2" w:rsidRDefault="002F1255" w:rsidP="002F1255">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="5C7FF82C" w14:textId="77777777" w:rsidR="003B24C5" w:rsidRPr="001E10E2" w:rsidRDefault="003B24C5" w:rsidP="003B24C5">
+          <w:p w14:paraId="5C7FF82C" w14:textId="77777777" w:rsidR="002F1255" w:rsidRPr="001E10E2" w:rsidRDefault="002F1255" w:rsidP="002F1255">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="34609C2F" w14:textId="77777777" w:rsidR="003B24C5" w:rsidRPr="001E10E2" w:rsidRDefault="003B24C5" w:rsidP="003B24C5">
+          <w:p w14:paraId="34609C2F" w14:textId="77777777" w:rsidR="002F1255" w:rsidRPr="001E10E2" w:rsidRDefault="002F1255" w:rsidP="002F1255">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F710E" w:rsidRPr="001E10E2" w14:paraId="4F845A98" w14:textId="77777777" w:rsidTr="004E410D">
+      <w:tr w:rsidR="002F1255" w:rsidRPr="001E10E2" w14:paraId="4F845A98" w14:textId="77777777" w:rsidTr="004E410D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20F9F6B4" w14:textId="62058927" w:rsidR="001F710E" w:rsidRPr="004E410D" w:rsidRDefault="001F710E" w:rsidP="001F710E">
+          <w:p w14:paraId="20F9F6B4" w14:textId="62058927" w:rsidR="002F1255" w:rsidRPr="004E410D" w:rsidRDefault="002F1255" w:rsidP="002F1255">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E410D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Культура и искусство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="307A186E" w14:textId="063EB763" w:rsidR="001F710E" w:rsidRPr="004E410D" w:rsidRDefault="001F710E" w:rsidP="004E410D">
+          <w:p w14:paraId="307A186E" w14:textId="063EB763" w:rsidR="002F1255" w:rsidRPr="004E410D" w:rsidRDefault="002F1255" w:rsidP="002F1255">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B24C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Открытая районная выставка-конкурс семейного творчества, в том числе для детей с ограниченными возможностями здоровья,</w:t>
             </w:r>
             <w:r w:rsidRPr="003B24C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> «Семья – любви великой царство»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="570800E9" w14:textId="77777777" w:rsidR="001F710E" w:rsidRPr="004E410D" w:rsidRDefault="001F710E" w:rsidP="004E410D">
+          <w:p w14:paraId="570800E9" w14:textId="77777777" w:rsidR="002F1255" w:rsidRPr="004E410D" w:rsidRDefault="002F1255" w:rsidP="002F1255">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6917D963" w14:textId="2F0E0FD5" w:rsidR="001F710E" w:rsidRPr="004E410D" w:rsidRDefault="001F710E" w:rsidP="004E410D">
+          <w:p w14:paraId="6917D963" w14:textId="2F0E0FD5" w:rsidR="002F1255" w:rsidRPr="004E410D" w:rsidRDefault="002F1255" w:rsidP="002F1255">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E410D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="52FB96A3" w14:textId="77777777" w:rsidR="001F710E" w:rsidRPr="004E410D" w:rsidRDefault="001F710E" w:rsidP="004E410D">
+          <w:p w14:paraId="52FB96A3" w14:textId="77777777" w:rsidR="002F1255" w:rsidRPr="004E410D" w:rsidRDefault="002F1255" w:rsidP="002F1255">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="18CEC5BB" w14:textId="0BEB379A" w:rsidR="001F710E" w:rsidRPr="004E410D" w:rsidRDefault="00C948A2" w:rsidP="004E410D">
+          <w:p w14:paraId="18CEC5BB" w14:textId="0BEB379A" w:rsidR="002F1255" w:rsidRPr="004E410D" w:rsidRDefault="002F1255" w:rsidP="002F1255">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
-              <w:r w:rsidR="001F710E" w:rsidRPr="003B24C5">
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r w:rsidRPr="003B24C5">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F710E" w:rsidRPr="001E10E2" w14:paraId="0FD42E71" w14:textId="77777777" w:rsidTr="004E410D">
+      <w:tr w:rsidR="002F1255" w:rsidRPr="001E10E2" w14:paraId="0FD42E71" w14:textId="77777777" w:rsidTr="004E410D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D7A967D" w14:textId="08DD0B7D" w:rsidR="001F710E" w:rsidRPr="004E410D" w:rsidRDefault="004F3EBA" w:rsidP="001F710E">
+          <w:p w14:paraId="0D7A967D" w14:textId="08DD0B7D" w:rsidR="002F1255" w:rsidRPr="004E410D" w:rsidRDefault="002F1255" w:rsidP="002F1255">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E410D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Патриотическое направление</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="32EBECAA" w14:textId="457BDC7E" w:rsidR="001F710E" w:rsidRPr="004E410D" w:rsidRDefault="004F3EBA" w:rsidP="004E410D">
+          <w:p w14:paraId="32EBECAA" w14:textId="457BDC7E" w:rsidR="002F1255" w:rsidRPr="004E410D" w:rsidRDefault="002F1255" w:rsidP="002F1255">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F3EBA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Открытая районная выставка-конкурс изобразительного искусства </w:t>
             </w:r>
             <w:r w:rsidRPr="004F3EBA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>«А наутро была война…»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1FE2F287" w14:textId="77777777" w:rsidR="001F710E" w:rsidRPr="004E410D" w:rsidRDefault="001F710E" w:rsidP="004E410D">
+          <w:p w14:paraId="1FE2F287" w14:textId="77777777" w:rsidR="002F1255" w:rsidRPr="004E410D" w:rsidRDefault="002F1255" w:rsidP="002F1255">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="607EE46E" w14:textId="0FA2F772" w:rsidR="001F710E" w:rsidRPr="004E410D" w:rsidRDefault="002E76A0" w:rsidP="004E410D">
+          <w:p w14:paraId="607EE46E" w14:textId="0FA2F772" w:rsidR="002F1255" w:rsidRPr="004E410D" w:rsidRDefault="002F1255" w:rsidP="002F1255">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E410D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7F0E436C" w14:textId="77777777" w:rsidR="001F710E" w:rsidRPr="004E410D" w:rsidRDefault="001F710E" w:rsidP="004E410D">
+          <w:p w14:paraId="7F0E436C" w14:textId="77777777" w:rsidR="002F1255" w:rsidRPr="004E410D" w:rsidRDefault="002F1255" w:rsidP="002F1255">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="613D82EA" w14:textId="316507DB" w:rsidR="001F710E" w:rsidRPr="004E410D" w:rsidRDefault="00C948A2" w:rsidP="004E410D">
+          <w:p w14:paraId="613D82EA" w14:textId="316507DB" w:rsidR="002F1255" w:rsidRPr="004E410D" w:rsidRDefault="002F1255" w:rsidP="002F1255">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
-              <w:r w:rsidR="002E76A0" w:rsidRPr="004F3EBA">
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r w:rsidRPr="004F3EBA">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00386761" w:rsidRPr="001E10E2" w14:paraId="74BF5D8C" w14:textId="77777777" w:rsidTr="004E410D">
+      <w:tr w:rsidR="002F1255" w:rsidRPr="001E10E2" w14:paraId="74BF5D8C" w14:textId="77777777" w:rsidTr="004E410D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="24BD5C19" w14:textId="66D8CC6E" w:rsidR="00386761" w:rsidRPr="004E410D" w:rsidRDefault="00386761" w:rsidP="001F710E">
+          <w:p w14:paraId="24BD5C19" w14:textId="66D8CC6E" w:rsidR="002F1255" w:rsidRPr="004E410D" w:rsidRDefault="002F1255" w:rsidP="002F1255">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E410D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Спортивной направленности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F82DF3C" w14:textId="3BC6AB82" w:rsidR="00386761" w:rsidRPr="004E410D" w:rsidRDefault="00386761" w:rsidP="004E410D">
+          <w:p w14:paraId="0F82DF3C" w14:textId="3BC6AB82" w:rsidR="002F1255" w:rsidRPr="004E410D" w:rsidRDefault="002F1255" w:rsidP="002F1255">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00386761">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Региональный шахматном фестивале </w:t>
             </w:r>
             <w:r w:rsidRPr="00386761">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>«Летние Надежды-2026»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2ABAC475" w14:textId="77777777" w:rsidR="00386761" w:rsidRPr="004E410D" w:rsidRDefault="00386761" w:rsidP="004E410D">
+          <w:p w14:paraId="2ABAC475" w14:textId="77777777" w:rsidR="002F1255" w:rsidRPr="004E410D" w:rsidRDefault="002F1255" w:rsidP="002F1255">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A0F972A" w14:textId="75A26D81" w:rsidR="00386761" w:rsidRPr="004E410D" w:rsidRDefault="00386761" w:rsidP="004E410D">
+          <w:p w14:paraId="5A0F972A" w14:textId="75A26D81" w:rsidR="002F1255" w:rsidRPr="004E410D" w:rsidRDefault="002F1255" w:rsidP="002F1255">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E410D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЦДЮТТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="23271E38" w14:textId="77777777" w:rsidR="00386761" w:rsidRPr="004E410D" w:rsidRDefault="00386761" w:rsidP="004E410D">
+          <w:p w14:paraId="23271E38" w14:textId="77777777" w:rsidR="002F1255" w:rsidRPr="004E410D" w:rsidRDefault="002F1255" w:rsidP="002F1255">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2EBF1CC4" w14:textId="6B1C2284" w:rsidR="00386761" w:rsidRPr="004E410D" w:rsidRDefault="00C948A2" w:rsidP="004E410D">
+          <w:p w14:paraId="2EBF1CC4" w14:textId="6B1C2284" w:rsidR="002F1255" w:rsidRPr="004E410D" w:rsidRDefault="002F1255" w:rsidP="002F1255">
             <w:pPr>
               <w:pBdr>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
               <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
-              <w:r w:rsidR="00386761" w:rsidRPr="00386761">
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r w:rsidRPr="00386761">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:position w:val="-1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="44A4F4EA" w14:textId="77777777" w:rsidR="003E292D" w:rsidRPr="001E10E2" w:rsidRDefault="003E292D" w:rsidP="00525DA6">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -22689,158 +26713,177 @@
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00072B76"/>
     <w:rsid w:val="000561CF"/>
+    <w:rsid w:val="00061A93"/>
     <w:rsid w:val="00072B76"/>
     <w:rsid w:val="0009585F"/>
     <w:rsid w:val="000C75EC"/>
     <w:rsid w:val="00106E24"/>
     <w:rsid w:val="00152AB3"/>
     <w:rsid w:val="001E10E2"/>
     <w:rsid w:val="001F52FF"/>
     <w:rsid w:val="001F710E"/>
+    <w:rsid w:val="00231C90"/>
     <w:rsid w:val="002578C9"/>
     <w:rsid w:val="00272189"/>
     <w:rsid w:val="00290D78"/>
     <w:rsid w:val="002E3616"/>
     <w:rsid w:val="002E76A0"/>
     <w:rsid w:val="002F01A5"/>
+    <w:rsid w:val="002F1255"/>
+    <w:rsid w:val="0031026C"/>
     <w:rsid w:val="00313C0E"/>
+    <w:rsid w:val="00316CD4"/>
     <w:rsid w:val="0032230C"/>
     <w:rsid w:val="00353B79"/>
     <w:rsid w:val="00371B80"/>
+    <w:rsid w:val="00371BA8"/>
     <w:rsid w:val="00386761"/>
+    <w:rsid w:val="00390532"/>
     <w:rsid w:val="003B24C5"/>
     <w:rsid w:val="003C3041"/>
     <w:rsid w:val="003E292D"/>
     <w:rsid w:val="003F7566"/>
     <w:rsid w:val="00455A66"/>
     <w:rsid w:val="00462E65"/>
+    <w:rsid w:val="00482AFE"/>
     <w:rsid w:val="004870DB"/>
     <w:rsid w:val="004A0F25"/>
     <w:rsid w:val="004B1F2E"/>
     <w:rsid w:val="004E410D"/>
     <w:rsid w:val="004E68D3"/>
     <w:rsid w:val="004F3EBA"/>
     <w:rsid w:val="00501079"/>
     <w:rsid w:val="005041EB"/>
     <w:rsid w:val="00506310"/>
     <w:rsid w:val="00525DA6"/>
     <w:rsid w:val="005832B5"/>
     <w:rsid w:val="00592819"/>
     <w:rsid w:val="005C7356"/>
     <w:rsid w:val="005D04C2"/>
     <w:rsid w:val="005D4A8C"/>
     <w:rsid w:val="005E66B0"/>
     <w:rsid w:val="005F6987"/>
     <w:rsid w:val="00654E9C"/>
+    <w:rsid w:val="006E3ADF"/>
     <w:rsid w:val="006F0D7D"/>
     <w:rsid w:val="007170A6"/>
     <w:rsid w:val="00717D92"/>
+    <w:rsid w:val="00717DCA"/>
     <w:rsid w:val="00723E3E"/>
     <w:rsid w:val="00726126"/>
     <w:rsid w:val="00747D9D"/>
     <w:rsid w:val="007563C6"/>
+    <w:rsid w:val="0077068D"/>
+    <w:rsid w:val="00782090"/>
     <w:rsid w:val="00787C05"/>
     <w:rsid w:val="007E1AA7"/>
     <w:rsid w:val="008735BA"/>
     <w:rsid w:val="0087711E"/>
     <w:rsid w:val="00891DEE"/>
     <w:rsid w:val="008A7045"/>
     <w:rsid w:val="008D28A9"/>
+    <w:rsid w:val="008F585C"/>
     <w:rsid w:val="00913EAF"/>
     <w:rsid w:val="00931D40"/>
+    <w:rsid w:val="009431F4"/>
     <w:rsid w:val="00971C9D"/>
     <w:rsid w:val="009726D9"/>
     <w:rsid w:val="009A1B7B"/>
     <w:rsid w:val="009E1C31"/>
     <w:rsid w:val="009E6CBE"/>
     <w:rsid w:val="00A7175B"/>
     <w:rsid w:val="00A80DA3"/>
+    <w:rsid w:val="00AA1475"/>
     <w:rsid w:val="00AB30DE"/>
     <w:rsid w:val="00AD4A45"/>
     <w:rsid w:val="00B04ADE"/>
     <w:rsid w:val="00B16627"/>
     <w:rsid w:val="00B4182C"/>
     <w:rsid w:val="00B65CA7"/>
     <w:rsid w:val="00B662D7"/>
     <w:rsid w:val="00B828EC"/>
     <w:rsid w:val="00B84974"/>
     <w:rsid w:val="00BE7CA2"/>
     <w:rsid w:val="00C21123"/>
     <w:rsid w:val="00C400EA"/>
     <w:rsid w:val="00C41A21"/>
     <w:rsid w:val="00C5208A"/>
+    <w:rsid w:val="00C733C5"/>
     <w:rsid w:val="00C948A2"/>
     <w:rsid w:val="00CF22DD"/>
+    <w:rsid w:val="00D0402C"/>
     <w:rsid w:val="00D22876"/>
     <w:rsid w:val="00D4405C"/>
     <w:rsid w:val="00D51D1B"/>
     <w:rsid w:val="00DD7E21"/>
     <w:rsid w:val="00DE1662"/>
+    <w:rsid w:val="00DE32CD"/>
     <w:rsid w:val="00DE45BC"/>
     <w:rsid w:val="00DF4435"/>
     <w:rsid w:val="00E23A71"/>
     <w:rsid w:val="00E30815"/>
     <w:rsid w:val="00E53B4B"/>
     <w:rsid w:val="00ED37C7"/>
     <w:rsid w:val="00ED4A72"/>
+    <w:rsid w:val="00EF1588"/>
     <w:rsid w:val="00F32630"/>
     <w:rsid w:val="00F775D0"/>
     <w:rsid w:val="00FF318E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -23251,54 +27294,76 @@
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="009E1C31"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60" w:line="276" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00390532"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
@@ -23335,62 +27400,104 @@
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:rsid w:val="009E1C31"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a5">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00DE45BC"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00390532"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:divs>
+    <w:div w:id="1080441533">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1166870149">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/r-seven/edit/home/%D0%9A%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%8B%20%D0%B4%D0%BB%D1%8F%20%D1%83%D1%87%D0%B0%D1%89%D0%B8%D1%85%D1%81%D1%8F%202025-2026/%D0%96%D0%B8%D0%B2%D0%BE%D0%B5%20%D1%81%D0%BB%D0%BE%D0%B2%D0%BE.%20%D0%9B%D0%B8%D1%82%D0%B5%D1%80%D0%B0%D1%82%D1%83%D1%80%D0%B0.docx" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/public/VzSZ/oQ7BQi1R5" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clck.ru/3MkgCN" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clck.ru/3Mm6T9" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clck.ru/3MkgC7" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/public/BfDc/TZ46hqHx1?weblink=BfDc/TZ46hqHx1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/r-seven/edit/home/%D0%9A%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%8B%20%D0%B4%D0%BB%D1%8F%20%D1%83%D1%87%D0%B0%D1%89%D0%B8%D1%85%D1%81%D1%8F%202025-2026/%D0%9F%D0%BE%D0%BB%D0%BE%D0%B6%D0%B5%D0%BD%D0%B8%D0%B5%20%D0%BF%D0%BE%20%D0%BA%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%83%20%D0%9A%D1%80%D0%B0%D1%81%D0%BE%D1%82%D0%B0%20%D0%91%D0%BE%D0%B6%D1%8C%D0%B5%D0%B3%D0%BE%20%D0%9C%D0%B8%D1%80%D0%B0%202025.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clck.ru/3Mm7zp" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/public/vewd/qwbN9qE3C" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/public/Dqd9/s13UvSVaz" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clck.ru/3Mm5Ke" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/public/Ated/iobvpf8j8?weblink=Ated/iobvpf8j8" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clck.ru/3Mm7fG" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/r-seven/edit/home/%D0%9A%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%8B%20%D0%B4%D0%BB%D1%8F%20%D1%83%D1%87%D0%B0%D1%89%D0%B8%D1%85%D1%81%D1%8F%202025-2026/%D0%9F%D0%BE%D0%BB%D0%BE%D0%B6%D0%B5%D0%BD%D0%B8%D0%B5_%D0%9B%D0%BE%D0%B3%D0%B8%D0%BA%D0%B0-2026.docx" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/r-seven/edit/home/%D0%9A%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%8B%20%D0%B4%D0%BB%D1%8F%20%D1%83%D1%87%D0%B0%D1%89%D0%B8%D1%85%D1%81%D1%8F%202025-2026/%D0%94%D1%80%D1%83%D0%B7%D1%8C%D1%8F%20%D0%BD%D0%B5%D0%BC%D0%B5%D1%86%D0%BA%D0%BE%D0%B3%D0%BE%20%D1%8F%D0%B7%D1%8B%D0%BA%D0%B0.%20%D0%9F%D0%BE%D0%BB%D0%BE%D0%B6%D0%B5%D0%BD%D0%B8%D0%B5.docx" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/r-seven/edit/home/%D0%9A%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%8B%20%D0%B4%D0%BB%D1%8F%20%D1%83%D1%87%D0%B0%D1%89%D0%B8%D1%85%D1%81%D1%8F%202025-2026/%D0%97%D0%BD%D0%B0%D1%82%D0%BE%D0%BA%D0%B8%20%D0%90%D1%80%D0%BA%D1%82%D0%B8%D0%BA%D0%B8%202025-2026.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clck.ru/3MkgNe" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clck.ru/3Mm7fG" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/public/kBfz/HbMeTZpGG" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/public/UTTw/oJTKZ7wys" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/public/vewd/qwbN9qE3C" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/public/qjxa/wubNjg7Tw" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clck.ru/3Mm5Ke" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/r-seven/edit/home/%D0%9A%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%8B%20%D0%B4%D0%BB%D1%8F%20%D1%83%D1%87%D0%B0%D1%89%D0%B8%D1%85%D1%81%D1%8F%202025-2026/%D0%9F%D0%B5%D1%82%D0%B5%D1%80%D0%B1%D1%83%D1%80%D0%B3%D1%81%D0%BA%D0%B8%D0%B5%20%D0%BD%D0%B0%D0%B4%D0%B5%D0%B6%D0%B4%D1%8B_2026_%D0%9F%D0%BE%D0%BB%D0%BE%D0%B6%D0%B5%D0%BD%D0%B8%D0%B5.docx" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clck.ru/3Mm59T" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clck.ru/3Mm7XU" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/r-seven/edit/home/%D0%9A%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%8B%20%D0%B4%D0%BB%D1%8F%20%D1%83%D1%87%D0%B0%D1%89%D0%B8%D1%85%D1%81%D1%8F%202025-2026/%D0%9F%D0%BE%D0%BB%D0%BE%D0%B6%D0%B5%D0%BD%D0%B8%D0%B5_%D0%9B%D0%BE%D0%B3%D0%B8%D0%BA%D0%B0-2026.docx" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clck.ru/3MkgG8" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clck.ru/3Mm6ZS" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/r-seven/edit/home/%D0%9A%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%8B%20%D0%B4%D0%BB%D1%8F%20%D1%83%D1%87%D0%B0%D1%89%D0%B8%D1%85%D1%81%D1%8F%202025-2026/%D0%9F%D0%BE%D0%BB%D0%BE%D0%B6%D0%B5%D0%BD%D0%B8%D0%B5%20%D0%BE%20%D0%A4%D0%B5%D1%81%D1%82%D0%B8%D0%B2%D0%B0%D0%BB%D0%B5%20%D0%B4%D0%B5%D1%82%D1%81%D0%BA%D0%BE%D0%B3%D0%BE%20%D1%82%D0%B2%D0%BE%D1%80%D1%87%D0%B5%D1%81%D1%82%D0%B2%D0%B0%20%D0%BD%D0%B0%20%D0%B8%D0%BD%D0%BE%D1%81%D1%82%D1%80%D0%B0%D0%BD%D0%BD%D1%8B%D1%85%20%D1%8F%D0%B7%D1%8B%D0%BA%D0%B0%D1%85%202025-2026.docx" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/r-seven/edit/home/%D0%9A%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%8B%20%D0%B4%D0%BB%D1%8F%20%D1%83%D1%87%D0%B0%D1%89%D0%B8%D1%85%D1%81%D1%8F%202025-2026/%D0%92%D0%BE%D0%B4%D0%B0%20%D0%B2%20%D0%A1%D0%9F%D0%B1%202025%20-2026.docx" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/public/UTTw/oJTKZ7wys" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/r-seven/edit/home/%D0%9A%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%8B%20%D0%B4%D0%BB%D1%8F%20%D1%83%D1%87%D0%B0%D1%89%D0%B8%D1%85%D1%81%D1%8F%202025-2026/%D0%A0%D0%B0%D0%B9%D0%BE%D0%BD%D0%BD%D0%BE%D0%B5%20%D0%BF%D0%BE%D0%BB%D0%BE%D0%B6%D0%B5%D0%BD%D0%B8%D0%B5%20%D0%BF%D0%BE%20%D0%BA%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%83%20%D0%94%D0%BE%D0%B1%D1%80%D1%8B%D0%B5%20%D1%83%D1%80%D0%BE%D0%BA%D0%B8%20%28%D0%B4%D0%B5%D1%82%D0%B8%29%2025-26.docx" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/public/Gjsk/S4sg4MVR5" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/public/qjxa/wubNjg7Tw" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clck.ru/3Mm59T" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/r-seven/edit/home/%D0%9A%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%8B%20%D0%B4%D0%BB%D1%8F%20%D1%83%D1%87%D0%B0%D1%89%D0%B8%D1%85%D1%81%D1%8F%202025-2026/%D0%9F%D0%9E%D0%9B%D0%9E%D0%96%D0%95%D0%9D%D0%98%D0%95%20%D0%9E%20%D0%9A%D0%9E%D0%9D%D0%9A%D0%A3%D0%A0%D0%A1%D0%95%20_%D0%9B%D0%B8%D0%BD%D0%B3%D0%B2%D0%B8%D1%81%D1%82%D0%B8%D1%87%D0%B5%D1%81%D0%BA%D0%B8%D0%B9%20%D1%81%D0%BF%D1%80%D0%B8%D0%BD%D1%82_%202026%20%20.docx" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/r-seven/edit/home/%D0%9A%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%8B%20%D0%B4%D0%BB%D1%8F%20%D1%83%D1%87%D0%B0%D1%89%D0%B8%D1%85%D1%81%D1%8F%202025-2026/%D0%9F%D0%BE%D0%BB%D0%BE%D0%B6%D0%B5%D0%BD%D0%B8%D0%B5%20%D0%BE%20%D0%BA%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D0%B5%20%D1%87%D1%82%D0%B5%D1%86%D0%BE%D0%B2%20%D0%BD%D0%B0%20%D0%B0%D0%BD%D0%B3%D0%BB%D0%B8%D0%B9%D1%81%D0%BA%D0%BE%D0%BC%20%D1%8F%D0%B7%D1%8B%D0%BA%D0%B5%202025-2026.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/public/Lgzt/4ABpogw2q" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clck.ru/3Mm7XU" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clck.ru/3MkgFp" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clck.ru/3Mm89w" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/r-seven/edit/home/%D0%9A%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%8B%20%D0%B4%D0%BB%D1%8F%20%D1%83%D1%87%D0%B0%D1%89%D0%B8%D1%85%D1%81%D1%8F%202025-2026/%D0%96%D0%B8%D0%B2%D0%BE%D0%B5%20%D1%81%D0%BB%D0%BE%D0%B2%D0%BE.%20%D0%9B%D0%B8%D1%82%D0%B5%D1%80%D0%B0%D1%82%D1%83%D1%80%D0%B0.docx" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/public/Gjsk/S4sg4MVR5" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/r-seven/edit/home/%D0%9A%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%8B%20%D0%B4%D0%BB%D1%8F%20%D1%83%D1%87%D0%B0%D1%89%D0%B8%D1%85%D1%81%D1%8F%202025-2026/%D0%AD%D0%BD%D0%B5%D1%80%D0%B3%D0%BE%D1%81%D0%B1%D0%B5%D1%80%D0%B5%D0%B6%D0%B5%D0%BD%D0%B8%D0%B5%20-%20%D0%B4%D0%B5%D0%BB%D0%BE%20%D0%BA%D0%B0%D0%B6%D0%B4%D0%BE%D0%B3%D0%BE.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/r-seven/edit/home/%D0%9A%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%8B%20%D0%B4%D0%BB%D1%8F%20%D1%83%D1%87%D0%B0%D1%89%D0%B8%D1%85%D1%81%D1%8F%202025-2026/%D0%A0%D0%B0%D0%B9%D0%BE%D0%BD%D0%BD%D0%BE%D0%B5%20%D0%BF%D0%BE%D0%BB%D0%BE%D0%B6%D0%B5%D0%BD%D0%B8%D0%B5%20%D0%BF%D0%BE%20%D0%BA%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%83%20%D0%94%D0%BE%D0%B1%D1%80%D1%8B%D0%B5%20%D1%83%D1%80%D0%BE%D0%BA%D0%B8%20%28%D0%B4%D0%B5%D1%82%D0%B8%29%2025-26.docx" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/public/vsCk/Q4ZJkKHhy" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clck.ru/3Mm7MY" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/public/VzSZ/oQ7BQi1R5" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clck.ru/3MkgD8" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clck.ru/3Mm6T9" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clck.ru/3MkgDv" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/public/fZTw/Q4ws9m6U1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/r-seven/edit/home/%D0%9A%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%8B%20%D0%B4%D0%BB%D1%8F%20%D1%83%D1%87%D0%B0%D1%89%D0%B8%D1%85%D1%81%D1%8F%202025-2026/%D0%A0%D0%B0%D0%B9%D0%BE%D0%BD%D0%BD%D0%BE%D0%B5%20%D0%BF%D0%BE%D0%BB%D0%BE%D0%B6%D0%B5%D0%BD%D0%B8%D0%B5%20%D0%BF%D0%BE%20%D0%BA%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%83%20%D0%94%D0%BE%D0%B1%D1%80%D1%8B%D0%B5%20%D1%83%D1%80%D0%BE%D0%BA%D0%B8%20%28%D0%B4%D0%B5%D1%82%D0%B8%29%2025-26.docx" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/public/rtUR/wh2eVfYjY" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/r-seven/edit/home/%D0%9A%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%8B%20%D0%B4%D0%BB%D1%8F%20%D1%83%D1%87%D0%B0%D1%89%D0%B8%D1%85%D1%81%D1%8F%202025-2026/%D0%9F%D0%BE%D0%BB%D0%BE%D0%B6%D0%B5%D0%BD%D0%B8%D0%B5%20%D0%BF%D0%BE%20%D0%BA%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%83%20%D0%9A%D1%80%D0%B0%D1%81%D0%BE%D1%82%D0%B0%20%D0%91%D0%BE%D0%B6%D1%8C%D0%B5%D0%B3%D0%BE%20%D0%9C%D0%B8%D1%80%D0%B0%202025.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clck.ru/3Mm68n" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/public/Dqd9/s13UvSVaz" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/r-seven/edit/home/%D0%9A%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%8B%20%D0%B4%D0%BB%D1%8F%20%D1%83%D1%87%D0%B0%D1%89%D0%B8%D1%85%D1%81%D1%8F%202025-2026/%D0%9F%D0%BE%D0%BB%D0%BE%D0%B6%D0%B5%D0%BD%D0%B8%D0%B5_%D0%9B%D0%BE%D0%B3%D0%B8%D0%BA%D0%B0-2026.docx" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/public/7kF3/fqPZgyqZT?weblink=7kF3/fqPZgyqZT" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/public/vsCk/Q4ZJkKHhy" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clck.ru/3Mm7MY" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/public/fZTw/Q4ws9m6U1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imc.kirov.spb.ru/index.php/deyatelnost/meropriyatiya-ikt-napravlennosti/konkurs-kompyuternykh-rabot" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/r-seven/edit/home/%D0%9A%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%8B%20%D0%B4%D0%BB%D1%8F%20%D1%83%D1%87%D0%B0%D1%89%D0%B8%D1%85%D1%81%D1%8F%202025-2026/%D0%96%D0%B8%D0%B2%D0%BE%D0%B5%20%D1%81%D0%BB%D0%BE%D0%B2%D0%BE.%20%D0%9B%D0%B8%D1%82%D0%B5%D1%80%D0%B0%D1%82%D1%83%D1%80%D0%B0.docx" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/public/UTTw/oJTKZ7wys" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/r-seven/edit/home/%D0%9A%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%8B%20%D0%B4%D0%BB%D1%8F%20%D1%83%D1%87%D0%B0%D1%89%D0%B8%D1%85%D1%81%D1%8F%202025-2026/%D0%9F%D0%B5%D1%82%D0%B5%D1%80%D0%B1%D1%83%D1%80%D0%B3%D1%81%D0%BA%D0%B8%D0%B5%20%D0%BD%D0%B0%D0%B4%D0%B5%D0%B6%D0%B4%D1%8B_2026_%D0%9F%D0%BE%D0%BB%D0%BE%D0%B6%D0%B5%D0%BD%D0%B8%D0%B5.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clck.ru/3MkgCN" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clck.ru/3Mm6ZS" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/public/qjxa/wubNjg7Tw" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/r-seven/edit/home/%D0%9A%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%8B%20%D0%B4%D0%BB%D1%8F%20%D1%83%D1%87%D0%B0%D1%89%D0%B8%D1%85%D1%81%D1%8F%202025-2026/%D0%9F%D0%9E%D0%9B%D0%9E%D0%96%D0%95%D0%9D%D0%98%D0%95%20%D0%9E%20%D0%9A%D0%9E%D0%9D%D0%9A%D0%A3%D0%A0%D0%A1%D0%95%20_%D0%9B%D0%B8%D0%BD%D0%B3%D0%B2%D0%B8%D1%81%D1%82%D0%B8%D1%87%D0%B5%D1%81%D0%BA%D0%B8%D0%B9%20%D1%81%D0%BF%D1%80%D0%B8%D0%BD%D1%82_%202026%20%20.docx" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imc.kirov.spb.ru/index.php/deyatelnost/meropriyatiya-ikt-napravlennosti/konkurs-kompyuternykh-rabot" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/public/Gjsk/S4sg4MVR5" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/r-seven/edit/home/%D0%9A%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%8B%20%D0%B4%D0%BB%D1%8F%20%D1%83%D1%87%D0%B0%D1%89%D0%B8%D1%85%D1%81%D1%8F%202025-2026/%D0%9F%D0%BE%D0%BB%D0%BE%D0%B6%D0%B5%D0%BD%D0%B8%D0%B5%20%D0%BE%20%D0%BA%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D0%B5%20%D1%87%D1%82%D0%B5%D1%86%D0%BE%D0%B2%20%D0%BD%D0%B0%20%D0%B0%D0%BD%D0%B3%D0%BB%D0%B8%D0%B9%D1%81%D0%BA%D0%BE%D0%BC%20%D1%8F%D0%B7%D1%8B%D0%BA%D0%B5%202025-2026.docx" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clck.ru/3Mm7XU" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/r-seven/edit/home/%D0%9A%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%8B%20%D0%B4%D0%BB%D1%8F%20%D1%83%D1%87%D0%B0%D1%89%D0%B8%D1%85%D1%81%D1%8F%202025-2026/%D0%9F%D0%BE%D0%BB%D0%BE%D0%B6%D0%B5%D0%BD%D0%B8%D0%B5_%D0%9B%D0%BE%D0%B3%D0%B8%D0%BA%D0%B0-2026.docx" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/r-seven/edit/home/%D0%9A%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%8B%20%D0%B4%D0%BB%D1%8F%20%D1%83%D1%87%D0%B0%D1%89%D0%B8%D1%85%D1%81%D1%8F%202025-2026/%D0%9F%D0%BE%D0%BB%D0%BE%D0%B6%D0%B5%D0%BD%D0%B8%D0%B5%20%D0%BE%20%D0%A4%D0%B5%D1%81%D1%82%D0%B8%D0%B2%D0%B0%D0%BB%D0%B5%20%D0%B4%D0%B5%D1%82%D1%81%D0%BA%D0%BE%D0%B3%D0%BE%20%D1%82%D0%B2%D0%BE%D1%80%D1%87%D0%B5%D1%81%D1%82%D0%B2%D0%B0%20%D0%BD%D0%B0%20%D0%B8%D0%BD%D0%BE%D1%81%D1%82%D1%80%D0%B0%D0%BD%D0%BD%D1%8B%D1%85%20%D1%8F%D0%B7%D1%8B%D0%BA%D0%B0%D1%85%202025-2026.docx" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/public/VzSZ/oQ7BQi1R5" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clck.ru/3Mm89w" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/public/fZTw/Q4ws9m6U1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/public/Gjsk/S4sg4MVR5" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clck.ru/3MkgG8" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clck.ru/3Mm7XU" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imc.kirov.spb.ru/index.php/deyatelnost/meropriyatiya-ikt-napravlennosti/festival-tsifra" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imc.kirov.spb.ru/index.php/deyatelnost/meropriyatiya-ikt-napravlennosti/festival-tsifra" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imc.kirov.spb.ru/index.php/deyatelnost/meropriyatiya-ikt-napravlennosti/gorodskoj-konkurs-ya-poznayu-mir" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/public/VzSZ/oQ7BQi1R5" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/public/7kF3/fqPZgyqZT?weblink=7kF3/fqPZgyqZT" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/public/vsCk/Q4ZJkKHhy" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clck.ru/3Mm59T" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imc.kirov.spb.ru/index.php/deyatelnost/meropriyatiya-ikt-napravlennosti/festival-legokonstruirovaniya-i-robototekhniki" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imc.kirov.spb.ru/index.php/deyatelnost/meropriyatiya-ikt-napravlennosti/festival-legokonstruirovaniya-i-robototekhniki" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/public/Dqd9/s13UvSVaz" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/public/fZTw/Q4ws9m6U1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imc.kirov.spb.ru/index.php/deyatelnost/meropriyatiya-ikt-napravlennosti/konkurs-kompyuternykh-rabot" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imc.kirov.spb.ru/index.php/deyatelnost/meropriyatiya-ikt-napravlennosti/konkurs-kompyuternykh-rabot" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clck.ru/3Mm7MY" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clck.ru/3MkgC7" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clck.ru/3MkgFp" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/r-seven/edit/home/%D0%9A%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%8B%20%D0%B4%D0%BB%D1%8F%20%D1%83%D1%87%D0%B0%D1%89%D0%B8%D1%85%D1%81%D1%8F%202025-2026/%D0%AD%D0%BD%D0%B5%D1%80%D0%B3%D0%BE%D1%81%D0%B1%D0%B5%D1%80%D0%B5%D0%B6%D0%B5%D0%BD%D0%B8%D0%B5%20-%20%D0%B4%D0%B5%D0%BB%D0%BE%20%D0%BA%D0%B0%D0%B6%D0%B4%D0%BE%D0%B3%D0%BE.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imc.kirov.spb.ru/index.php/deyatelnost/meropriyatiya-ikt-napravlennosti/konkurs-moj-gorod-v-formate-3d" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/public/Ated/iobvpf8j8?weblink=Ated/iobvpf8j8" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/public/vsCk/Q4ZJkKHhy" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imc.kirov.spb.ru/index.php/deyatelnost/meropriyatiya-ikt-napravlennosti/festival-legokonstruirovaniya-i-robototekhniki" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imc.kirov.spb.ru/index.php/deyatelnost/meropriyatiya-ikt-napravlennosti/konkurs-moj-gorod-v-formate-3d" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imc.kirov.spb.ru/index.php/deyatelnost/meropriyatiya-ikt-napravlennosti/konkurs-moj-gorod-v-formate-3d" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clck.ru/3Mm59T" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clck.ru/3Mm68n" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clck.ru/3Mm6T9" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/public/Dqd9/s13UvSVaz" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clck.ru/3Mm5Ke" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/r-seven/edit/home/%D0%9A%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%8B%20%D0%B4%D0%BB%D1%8F%20%D1%83%D1%87%D0%B0%D1%89%D0%B8%D1%85%D1%81%D1%8F%202025-2026/%D0%96%D0%B8%D0%B2%D0%BE%D0%B5%20%D1%81%D0%BB%D0%BE%D0%B2%D0%BE.%20%D0%9B%D0%B8%D1%82%D0%B5%D1%80%D0%B0%D1%82%D1%83%D1%80%D0%B0.docx" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/r-seven/edit/home/%D0%9A%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%8B%20%D0%B4%D0%BB%D1%8F%20%D1%83%D1%87%D0%B0%D1%89%D0%B8%D1%85%D1%81%D1%8F%202025-2026/%D0%94%D1%80%D1%83%D0%B7%D1%8C%D1%8F%20%D0%BD%D0%B5%D0%BC%D0%B5%D1%86%D0%BA%D0%BE%D0%B3%D0%BE%20%D1%8F%D0%B7%D1%8B%D0%BA%D0%B0.%20%D0%9F%D0%BE%D0%BB%D0%BE%D0%B6%D0%B5%D0%BD%D0%B8%D0%B5.docx" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/r-seven/edit/home/%D0%9A%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%8B%20%D0%B4%D0%BB%D1%8F%20%D1%83%D1%87%D0%B0%D1%89%D0%B8%D1%85%D1%81%D1%8F%202025-2026/%D0%A0%D0%B0%D0%B9%D0%BE%D0%BD%D0%BD%D0%BE%D0%B5%20%D0%BF%D0%BE%D0%BB%D0%BE%D0%B6%D0%B5%D0%BD%D0%B8%D0%B5%20%D0%BF%D0%BE%20%D0%BA%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%83%20%D0%94%D0%BE%D0%B1%D1%80%D1%8B%D0%B5%20%D1%83%D1%80%D0%BE%D0%BA%D0%B8%20%28%D0%B4%D0%B5%D1%82%D0%B8%29%2025-26.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/public/vewd/qwbN9qE3C" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clck.ru/3MkgNe" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clck.ru/3Mm7fG" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/public/BfDc/TZ46hqHx1?weblink=BfDc/TZ46hqHx1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/public/UTTw/oJTKZ7wys" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imc.kirov.spb.ru/index.php/deyatelnost/meropriyatiya-ikt-napravlennosti/konkurs-kompyuternykh-rabot" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imc.kirov.spb.ru/index.php/deyatelnost/meropriyatiya-ikt-napravlennosti/konkurs-kompyuternykh-rabot" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imc.kirov.spb.ru/index.php/deyatelnost/meropriyatiya-ikt-napravlennosti/konkurs-moj-gorod-v-formate-3d" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imc.kirov.spb.ru/index.php/deyatelnost/meropriyatiya-ikt-napravlennosti/konkurs-kompyuternykh-rabot" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/r-seven/edit/home/%D0%9A%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%8B%20%D0%B4%D0%BB%D1%8F%20%D1%83%D1%87%D0%B0%D1%89%D0%B8%D1%85%D1%81%D1%8F%202025-2026/%D0%97%D0%BD%D0%B0%D1%82%D0%BE%D0%BA%D0%B8%20%D0%90%D1%80%D0%BA%D1%82%D0%B8%D0%BA%D0%B8%202025-2026.docx" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clck.ru/3Mm6T9" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/r-seven/edit/home/%D0%9A%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%8B%20%D0%B4%D0%BB%D1%8F%20%D1%83%D1%87%D0%B0%D1%89%D0%B8%D1%85%D1%81%D1%8F%202025-2026/%D0%9F%D0%BE%D0%BB%D0%BE%D0%B6%D0%B5%D0%BD%D0%B8%D0%B5_%D0%9B%D0%BE%D0%B3%D0%B8%D0%BA%D0%B0-2026.docx" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/r-seven/edit/home/%D0%9A%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%8B%20%D0%B4%D0%BB%D1%8F%20%D1%83%D1%87%D0%B0%D1%89%D0%B8%D1%85%D1%81%D1%8F%202025-2026/%D0%9F%D0%BE%D0%BB%D0%BE%D0%B6%D0%B5%D0%BD%D0%B8%D0%B5_%D0%9B%D0%BE%D0%B3%D0%B8%D0%BA%D0%B0-2026.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clck.ru/3MkgD8" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clck.ru/3Mm7zp" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/public/vewd/qwbN9qE3C" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/public/qjxa/wubNjg7Tw" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clck.ru/3Mm5Ke" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clck.ru/3Mm7fG" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/public/rtUR/wh2eVfYjY" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/r-seven/edit/home/%D0%9A%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%8B%20%D0%B4%D0%BB%D1%8F%20%D1%83%D1%87%D0%B0%D1%89%D0%B8%D1%85%D1%81%D1%8F%202025-2026/%D0%9F%D0%BE%D0%BB%D0%BE%D0%B6%D0%B5%D0%BD%D0%B8%D0%B5%20%D0%BF%D0%BE%20%D0%BA%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%83%20%D0%9A%D1%80%D0%B0%D1%81%D0%BE%D1%82%D0%B0%20%D0%91%D0%BE%D0%B6%D1%8C%D0%B5%D0%B3%D0%BE%20%D0%9C%D0%B8%D1%80%D0%B0%202025.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/r-seven/edit/home/%D0%9A%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%8B%20%D0%B4%D0%BB%D1%8F%20%D1%83%D1%87%D0%B0%D1%89%D0%B8%D1%85%D1%81%D1%8F%202025-2026/%D0%9F%D0%BE%D0%BB%D0%BE%D0%B6%D0%B5%D0%BD%D0%B8%D0%B5%20%D0%BF%D0%BE%20%D0%BA%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%83%20%D0%9A%D1%80%D0%B0%D1%81%D0%BE%D1%82%D0%B0%20%D0%91%D0%BE%D0%B6%D1%8C%D0%B5%D0%B3%D0%BE%20%D0%9C%D0%B8%D1%80%D0%B0%202025.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/r-seven/edit/home/%D0%9A%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%8B%20%D0%B4%D0%BB%D1%8F%20%D1%83%D1%87%D0%B0%D1%89%D0%B8%D1%85%D1%81%D1%8F%202025-2026/%D0%92%D0%BE%D0%B4%D0%B0%20%D0%B2%20%D0%A1%D0%9F%D0%B1%202025%20-2026.docx" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imc.kirov.spb.ru/index.php/deyatelnost/meropriyatiya-ikt-napravlennosti/gorodskoj-konkurs-ya-poznayu-mir" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/public/Lgzt/4ABpogw2q" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/public/kBfz/HbMeTZpGG" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/r-seven/edit/home/%D0%9A%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%8B%20%D0%B4%D0%BB%D1%8F%20%D1%83%D1%87%D0%B0%D1%89%D0%B8%D1%85%D1%81%D1%8F%202025-2026/%D0%A0%D0%B0%D0%B9%D0%BE%D0%BD%D0%BD%D0%BE%D0%B5%20%D0%BF%D0%BE%D0%BB%D0%BE%D0%B6%D0%B5%D0%BD%D0%B8%D0%B5%20%D0%BF%D0%BE%20%D0%BA%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%83%20%D0%94%D0%BE%D0%B1%D1%80%D1%8B%D0%B5%20%D1%83%D1%80%D0%BE%D0%BA%D0%B8%20%28%D0%B4%D0%B5%D1%82%D0%B8%29%2025-26.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imc.kirov.spb.ru/index.php/deyatelnost/meropriyatiya-ikt-napravlennosti/gorodskoj-konkurs-ya-poznayu-mir" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.mail.ru/r-seven/edit/home/%D0%9A%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%8B%20%D0%B4%D0%BB%D1%8F%20%D1%83%D1%87%D0%B0%D1%89%D0%B8%D1%85%D1%81%D1%8F%202025-2026/%D0%A0%D0%B0%D0%B9%D0%BE%D0%BD%D0%BD%D0%BE%D0%B5%20%D0%BF%D0%BE%D0%BB%D0%BE%D0%B6%D0%B5%D0%BD%D0%B8%D0%B5%20%D0%BF%D0%BE%20%D0%BA%D0%BE%D0%BD%D0%BA%D1%83%D1%80%D1%81%D1%83%20%D0%94%D0%BE%D0%B1%D1%80%D1%8B%D0%B5%20%D1%83%D1%80%D0%BE%D0%BA%D0%B8%20%28%D0%B4%D0%B5%D1%82%D0%B8%29%2025-26.docx" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imc.kirov.spb.ru/index.php/deyatelnost/meropriyatiya-ikt-napravlennosti/festival-tsifra" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imc.kirov.spb.ru/index.php/deyatelnost/meropriyatiya-ikt-napravlennosti/festival-tsifra" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imc.kirov.spb.ru/index.php/deyatelnost/meropriyatiya-ikt-napravlennosti/gorodskoj-konkurs-ya-poznayu-mir" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imc.kirov.spb.ru/index.php/deyatelnost/meropriyatiya-ikt-napravlennosti/festival-tsifra" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imc.kirov.spb.ru/index.php/deyatelnost/meropriyatiya-ikt-napravlennosti/gorodskoj-konkurs-ya-poznayu-mir" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clck.ru/3Mm7MY" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clck.ru/3MkgDv" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kirov.spb.ru/sc/cdutt/index.php?option=com_content&amp;task=blogcategory&amp;id=18&amp;Itemid=37" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imc.kirov.spb.ru/index.php/deyatelnost/meropriyatiya-ikt-napravlennosti/konkurs-kompyuternykh-rabot" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -23648,70 +27755,70 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>12</Pages>
-[...1 lines deleted...]
-  <Characters>36941</Characters>
+  <Pages>15</Pages>
+  <Words>7597</Words>
+  <Characters>43307</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>307</Lines>
-  <Paragraphs>86</Paragraphs>
+  <Lines>360</Lines>
+  <Paragraphs>101</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>43335</CharactersWithSpaces>
+  <CharactersWithSpaces>50803</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>seryabryakova</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>